--- v0 (2025-10-13)
+++ v1 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf76c3be837224b23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c8fbb3228f241cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Trades" sheetId="1" r:id="R82d47e287a8945d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Trades" sheetId="1" r:id="Rb35a823e49324829"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e5acd897a034d04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82d47e287a8945d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb470c2121d2843c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb35a823e49324829" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="13" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="50" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="13" customWidth="1"/>
     <x:col min="7" max="7" width="13" customWidth="1"/>
     <x:col min="8" max="8" width="13" customWidth="1"/>
     <x:col min="9" max="9" width="15" customWidth="1"/>
     <x:col min="10" max="10" width="15" customWidth="1"/>
     <x:col min="11" max="11" width="15" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
@@ -168,69 +168,41903 @@
           <x:t>Volume</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Amount</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Currency rate</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Amount in CHF</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Transaction Type</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07:30:01</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0024590272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ALSO Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>227.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4994.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4700.3528000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07:30:01</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0454664001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Bitcoin ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>24.736000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2473.600000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2328.1523200000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07:30:02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0024590272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ALSO Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>227.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4994.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4700.3528000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07:30:02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1134540470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>40.700000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>40.700000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>38.3068400000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07:31:44</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012032113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Roche Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>352.600000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>352.600000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>331.8671200000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07:32:44</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.880000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.880000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>80.8302560000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07:32:44</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.880000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>429.400000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>404.1512800000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07:33:42</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1360612159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Sui Staking ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>33.423000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>33.423000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>31.4577276000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07:35:37</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0025751329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Logitech International SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>89.420000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>89.420000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>84.1621040000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07:35:37</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0025751329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Logitech International SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>89.420000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>447.100000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>420.8105200000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07:36:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1360612159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Sui Staking ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>34.617000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>726.957000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>684.2119284000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07:36:18</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.720000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>428.600000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>403.3983200000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07:38:41</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0454664001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Bitcoin ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>24.752000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2475.200000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2329.6582400000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07:47:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1134540470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>40.700000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>81.400000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>76.6136800000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07:49:31</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0210483332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Cie Financiere Richemont SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>182.350000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>182.350000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>171.6278200000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07:49:51</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1134540470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>40.700000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>976.800000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>919.3641600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07:50:26</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0363463438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Idorsia Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4.210000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>580.980000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>546.8183760000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07:51:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012032113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Roche Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>352.800000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2469.600000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2324.3875200000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07:53:33</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.770000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1029.240000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>968.7206880000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07:57:45</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0017875789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Jungfraubahn Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>300.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3000.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2823.6000000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07:57:58</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.490000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2961.750000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2787.5991000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07:59:44</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0126881561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Re AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>139.400000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6970.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6560.1640000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:00:20</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012032113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Roche Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>352.600000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1057.800000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>995.6013600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:00:34</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0017875789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Jungfraubahn Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>300.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>300.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>282.3600000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:00:44</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012005267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>115.520000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5198.400000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4892.7340800000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:00:44</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0466642201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Helvetia Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>222.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>222.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>208.9464000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:00:46</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.400000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2758.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2595.8296000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:01:13</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.880000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>343.520000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>323.3210240000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:01:29</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0126881561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Re AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>139.450000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4880.750000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4593.7619000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:02:31</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.480000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2487.240000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2340.9902880000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:03:15</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>86.020000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>430.100000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>404.8101200000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:04:20</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0042615283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DocMorris AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5.955000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5955.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5604.8460000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:04:48</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.430000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>78.860000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>74.2230320000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:04:48</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.430000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1064.610000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1002.0109320000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:05:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0017875789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Jungfraubahn Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>300.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9000.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>8470.8000000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:07:34</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>86.050000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>86.050000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>80.9902600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:07:36</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>86.010000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2064.240000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1942.8626880000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:08:45</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>86.060000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2495.740000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2348.9904880000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:11:07</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0454664001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Bitcoin ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>24.956000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3743.400000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3523.2880800000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:14:06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0334081137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CRISPR Therapeutics AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>48.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>48.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>45.1776000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:14:24</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.550000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1977.500000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1861.2230000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:14:48</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0024590272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ALSO Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>233.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12815.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12061.4780000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:15:25</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012005267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>115.360000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>13151.040000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12377.7588480000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:16:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012005267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>115.420000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>13042.460000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12275.5633520000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:18:06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0024590272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ALSO Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>234.500000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12897.500000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12139.1270000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:18:28</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.950000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.950000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>80.8961400000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:21:25</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.920000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12028.800000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11321.5065600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:21:40</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.920000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12028.800000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11321.5065600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:25:34</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.930000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6186.960000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5823.1667520000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:26:38</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1134540470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>41.400000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>414.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>389.6568000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:26:45</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1276028821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Santhera Pharmaceuticals Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.960000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1296.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1219.7952000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:27:19</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0454664027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Ethereum Staking ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>27.914000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>27914.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>26272.6568000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:28:01</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0017875789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Jungfraubahn Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>300.500000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1502.500000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1414.1530000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:28:08</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0334081137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CRISPR Therapeutics AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>49.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>49.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>46.1188000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:29:48</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0126881561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Re AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>140.300000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>561.200000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>528.2014400000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:31:04</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012005267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>115.280000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>230.560000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>217.0030720000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:31:04</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012005267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>115.280000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>230.560000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>217.0030720000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:31:48</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.590000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4750.800000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4471.4529600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:32:58</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1199067674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Bitcoin Core ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>17.894000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4205.090000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3957.8307080000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:33:20</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0126881561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Re AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>140.500000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>421.500000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>396.7158000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:34:17</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012032113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Roche Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>352.800000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1764.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1660.2768000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:35:02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0334081137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CRISPR Therapeutics AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>48.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1056.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>993.9072000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:40:16</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012221716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>62.460000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>124.920000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>117.5747040000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:41:20</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0334081137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CRISPR Therapeutics AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>49.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>735.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>691.7820000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:44:50</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.810000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.810000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>80.7643720000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:44:52</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0025751329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Logitech International SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>89.380000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>178.760000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>168.2489120000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:45:14</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012005267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>115.480000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10162.240000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9564.7002880000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:45:31</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0454664001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Bitcoin ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>24.876000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12438.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11706.6456000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:45:50</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0454664001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Bitcoin ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>24.874000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12437.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11705.7044000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:47:09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012032048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Roche Holding AG-Genusschein</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>344.700000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>27576.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>25954.5312000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:48:01</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012005267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>115.580000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>115.580000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>108.7838960000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:48:06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0468525222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Medacta Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>157.400000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>157.400000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>148.1448800000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:48:40</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.600000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>475.200000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>447.2582400000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:48:41</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.600000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.600000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>37.2715200000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:49:01</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.880000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>257.640000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>242.4907680000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:49:17</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012032048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Roche Holding AG-Genusschein</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>344.500000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>26526.500000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>24966.7418000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:49:47</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012221716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>62.440000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>124.880000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>117.5370560000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:51:55</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012549785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Sonova Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>221.100000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>221.100000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>208.0993200000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08:52:09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0334081137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CRISPR Therapeutics AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>49.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>490.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>461.1880000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:05</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1115678950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Haute Capital Partners AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>159.1000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2386.5000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2386.5000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AU000000DRO2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DroneShield Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.4990</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>770.4860</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>770.4860</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US37045V1008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>General Motors Co</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>63.8990</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>54314.1500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>54314.1500</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US68389X1054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Oracle Corp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>152.3910</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>457.1730</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>457.1730</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US68389X1054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Oracle Corp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>152.3910</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>60956.4000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>60956.4000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US68389X1054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Oracle Corp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>152.3910</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1523.9100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1523.9100</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US5951121038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Micron Technology Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>201.5380</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>201.5380</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>201.5380</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US02079K3059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Alphabet Inc Class A</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>243.7320</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9749.2800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9749.2800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US02079K3059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Alphabet Inc Class A</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>243.7320</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>487.4640</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>487.4640</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US9113121068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>United Parcel Service Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>81.3940</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>488.3640</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>488.3640</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:07</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE0032077012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco EQQQ Nasdaq-100 UCITS ETF Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>489.2990</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9785.9800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9785.9800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:07</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US7170811035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Pfizer Inc (USD)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>20.0570</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>320.9120</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>320.9120</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:07</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000V93BNU0</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco MSCI World ESG Climate Paris Aligned UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4.8630</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>48.6300</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>48.6300</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:07</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000V93BNU0</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco MSCI World ESG Climate Paris Aligned UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4.8630</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>24.3150</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>24.3150</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:07</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US1941621039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Colgate-Palmolive Co</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>62.0290</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>248.1160</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>248.1160</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:07</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>NL0015436031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CureVac N.V.</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3.3450</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1839.7500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1839.7500</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:07</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BKLF1R75</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>WisdomTree Battery Solutions UCITS ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>36.3220</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>181.6100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>181.6100</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:07</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US01609W1027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Alibaba Group Holding Ltd (Sp ADR)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>119.5120</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>358.5360</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>358.5360</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:07</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BLPK3577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>WisdomTree Cybersecurity UCITS ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>22.5580</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>338.3700</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>338.3700</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:08</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000Q0IU5T1</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco S&amp;P World Information Technology ESG UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9.0590</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9.0590</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9.0590</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:08</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US25400Q1058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Trump Media &amp; Technology Group Corp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.3210</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>554.4450</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>554.4450</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:08</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US64110L1061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Netflix Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>75.2830</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>75.2830</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>75.2830</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:08</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US64110L1061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Netflix Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>75.2830</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>526.9810</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>526.9810</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:08</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DK0062498333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Novo Nordisk A/S-B</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>37.4570</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1423.3660</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1423.3660</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:08</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US4581401001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Intel Corp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>29.5490</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>29.5490</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>29.5490</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:08</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US4581401001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Intel Corp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>29.5490</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1506.9990</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1506.9990</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:08</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US05464C1018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Axon Enterprise Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>441.7590</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3534.0720</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3534.0720</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:08</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US09075V1026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BioNTech SE (Sp ADR)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>73.5330</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>147.0660</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>147.0660</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:08</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US3825501014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Goodyear Tire &amp; Rubber Co</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7.2290</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1445.8000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1445.8000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:08</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US67066G1040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>NVIDIA Corp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>140.0930</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2381.5810</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2381.5810</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:08</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US67066G1040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>NVIDIA Corp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>140.0930</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1821.2090</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1821.2090</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE0007164600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>SAP SE (EUR)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>193.4500</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>193.4500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>193.4500</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE0007100000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Mercedes-Benz Group AG (EUR)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>55.4750</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>554.7500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>554.7500</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US7561091049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Realty Income Corp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>46.0920</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4609.2000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4609.2000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US30303M1027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Meta Platforms Inc Class A</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>527.9200</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>527.9200</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>527.9200</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US78409V1044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>S&amp;P Global Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>403.6270</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2018.1350</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2018.1350</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US77543R1023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Roku Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>87.9440</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>351.7760</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>351.7760</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>LU0514695187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers MSCI India Swap UCITS ETF 1C Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>16.3580</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7688.2600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7688.2600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US58463J3041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Medical Properties Trust Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4.0680</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.2040</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.2040</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>NL0011585146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Ferrari N.V.</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>296.0870</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>592.1740</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>592.1740</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US72919P2020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Plug Power Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.8100</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>95.9300</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>95.9300</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US72919P2020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Plug Power Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.8100</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>276.9300</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>276.9300</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US5949724083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Strategy Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>130.5910</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>130.5910</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>130.5910</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B1TXK627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares II Global Water UCITS ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>59.5760</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>59.5760</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>59.5760</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US0567521085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BAIDU INC - SPON ADR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>98.1030</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1079.1330</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1079.1330</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>FR0000121972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Schneider Electric SE</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>218.1940</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2181.9400</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2181.9400</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US0378331005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Apple Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>215.7610</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>215.7610</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>215.7610</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US0378331005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Apple Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>215.7610</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>215.7610</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>215.7610</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US7811541090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Rubrik Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>61.5020</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>984.0320</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>984.0320</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BLRB0242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco Global Clean Energy UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>17.2670</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>51.8010</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>51.8010</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000KGX8881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>KION Group AG (EUR)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>62.3530</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>62.3530</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>62.3530</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US38268T1034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GoPro Inc Class-A</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.2560</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>188.4000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>188.4000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BKM4GZ66</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares Core MSCI Emerging Markets IMI UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>34.9350</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>69.8700</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>69.8700</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BKM4GZ66</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares Core MSCI Emerging Markets IMI UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>34.9350</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>314.4150</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>314.4150</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>NL0015002MS2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>The Magnum Ice Cream Company B.V.</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>13.0130</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>65.0650</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>65.0650</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BWBXMB69</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>SPDR S&amp;P U.S. Utilities Select Sector UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>42.7330</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>299.1310</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>299.1310</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BQT3WG13</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares IV MSCI China A UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4.4990</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>449.9000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>449.9000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CA0585861085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Ballard Power Systems Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2.0960</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>104.8000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>104.8000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GB0007980591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BP PLC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4.5630</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>250.9650</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>250.9650</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US69608A1088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Palantir Technologies Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>148.5410</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1039.7870</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1039.7870</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BF0H7608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>L&amp;G Pharma Breakthrough UCITS ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10.7200</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>214.4000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>214.4000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>JE00BS44BN30</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Birkenstock Holding PLC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>33.1700</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>165.8500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>165.8500</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B8GKDB10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Vanguard FTSE All-World High Dividend Yield UCITS ETF Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>64.3170</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>257.2680</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>257.2680</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BMFKG444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers NASDAQ 100 UCITS ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>46.4600</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>371.6800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>371.6800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BMFKG444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers NASDAQ 100 UCITS ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>46.4600</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>139.3800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>139.3800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>KYG6683N1034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>NU Holdings Ltd/Cayman Islands</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.9930</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.9930</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.9930</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US7475251036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>QUALCOMM Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>137.2860</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>20592.9000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>20592.9000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AU000000DRO2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DroneShield Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.4990</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>616.0890</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>616.0890</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B3WJKG14</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares V S&amp;P 500 Information Technology Sector UCITS ETF USD Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>32.7740</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>327.7400</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>327.7400</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US88160R1014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Tesla Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>389.5010</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1168.5030</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1168.5030</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US4128221086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Harley-Davidson Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>17.0160</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>170.1600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>170.1600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US4128221086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Harley-Davidson Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>17.0160</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>34.0320</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>34.0320</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BKS7L097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco S&amp;P 500 ESG UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>74.7700</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1794.4800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1794.4800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US58933Y1055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Merck &amp; Co Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>80.0170</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>80.0170</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>80.0170</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE0005190003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Bayerische Motoren Werke AG St (EUR)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>86.6800</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>866.8000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>866.8000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US25179M1036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Devon Energy Corp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>28.0930</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11237.2000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11237.2000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US62914V1061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nio Inc (Sp ADR)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3.9810</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>15.9240</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>15.9240</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US11135F1012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Broadcom Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>268.9120</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1344.5600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1344.5600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US17275R1023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Cisco Systems Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>61.3190</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>61.3190</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>61.3190</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B4L5Y983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares III Core MSCI World UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>102.8500</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>102.8500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>102.8500</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B4L5Y983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares III Core MSCI World UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>102.8500</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4936.8000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4936.8000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000JZYIUN0</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers (IE) MSCI Global SDG 7 Affordable and Clean Energy UCITS ETF 1C Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>20.2860</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1054.8720</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1054.8720</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US5398301094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Lockheed Martin Corp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>377.1110</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3771.1100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3771.1100</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE0007664039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Volkswagen AG Vz</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>97.1330</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>194.2660</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>194.2660</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US8334451098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Snowflake Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>177.9310</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>177.9310</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>177.9310</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BYZK4552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares IV Automation &amp; Robotics UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.7390</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>25.4780</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>25.4780</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BYZK4552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares IV Automation &amp; Robotics UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.7390</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.7390</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.7390</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US0231351067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Amazon.com Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>181.6830</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>545.0490</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>545.0490</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US5324571083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Eli Lilly &amp; Co (USD)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>852.2840</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1704.5680</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1704.5680</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE0005552004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Deutsche Post AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>43.6670</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>218.3350</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>218.3350</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00053WDH64</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco Hydrogen Economy UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3.2290</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>645.8000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>645.8000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00053WDH64</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco Hydrogen Economy UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3.2290</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2646</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>8543.9340</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>8543.9340</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B5BMR087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares VII Core S&amp;P 500 UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>578.0720</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>23122.8800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>23122.8800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US81762P1021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ServiceNow Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>120.7270</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7847.2550</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7847.2550</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>NL0011821202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ING Group N.V.</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>22.3210</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>22.3210</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>22.3210</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000I8KRLL9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares IV MSCI Global Semiconductors UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>8.5470</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1179.4860</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1179.4860</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BJ0KDQ92</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers (IE) MSCI World UCITS ETF 1C Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>112.4720</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>224.9440</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>224.9440</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BJ0KDQ92</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers (IE) MSCI World UCITS ETF 1C Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>112.4720</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>224.9440</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>224.9440</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US5949181045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Microsoft Corp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>386.4310</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>386.4310</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>386.4310</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000BAY0017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Bayer AG (EUR)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>32.9860</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>329.8600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>329.8600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BM8QS095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco MSCI China Technology All Shares Stock Connect UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>25.4790</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>331.2270</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>331.2270</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1134540470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>38.4860</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>500.3180</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>500.3180</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US90353T1007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Uber Technologies Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>64.2150</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1284.3000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1284.3000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:13</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BWBXM948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>SPDR S&amp;P US Technology Select Sector UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>119.3760</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11937.6000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11937.6000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:13</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BQ70R696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco NASDAQ Biotech UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>46.0770</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>737.2320</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>737.2320</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:13</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE0007236101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Siemens AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>217.3690</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>13042.1400</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>13042.1400</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:13</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE0007236101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Siemens AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>217.3690</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>217.3690</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>217.3690</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:13</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US5500211090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Lululemon Athletica Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>172.1980</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>860.9900</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>860.9900</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:13</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B3XXRP09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Vanguard S&amp;P 500 UCITS ETF Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>102.5000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>102.5000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>102.5000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:13</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US0420682058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ARM Holdings Plc (Sp ADR)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>91.5020</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>823.5180</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>823.5180</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:13</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B43HR379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares V S&amp;P 500 Health Care Sector UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9.7440</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>292.3200</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>292.3200</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:14</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BHZRQZ17</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Franklin FTSE India UCITS ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>35.4070</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1487.0940</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1487.0940</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:14</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BHZRQZ17</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Franklin FTSE India UCITS ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>35.4070</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>318.6630</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>318.6630</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:14</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B1XNHC34</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares Global Clean Energy Transition UCITS ETF Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7.4810</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7.4810</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7.4810</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:14</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B1XNHC34</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares Global Clean Energy Transition UCITS ETF Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7.4810</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>374.0500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>374.0500</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:14</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>NO0010345853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Aker BP ASA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>18.9230</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2705.9890</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2705.9890</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:15</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BGV5VN51</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers Artificial Intelligence &amp; Big Data UCITS ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>140.4800</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3512.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3512.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:15</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BGV5VN51</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers Artificial Intelligence &amp; Big Data UCITS ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>140.4800</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>8428.8000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>8428.8000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:15</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00018LB0D8</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco S&amp;P World Financials ESG UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6.9660</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>104.4900</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>104.4900</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:15</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00018LB0D8</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco S&amp;P World Financials ESG UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6.9660</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>34.8300</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>34.8300</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:15</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GB00B2QPKJ12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Fresnillo PLC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>33.3630</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1000.8900</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1000.8900</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:15</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B4JNQZ49</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares V S&amp;P 500 Financials Sector UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.6920</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>380.7600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>380.7600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:15</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B579F325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco Physical Gold ETC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>331.7160</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1990.2960</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1990.2960</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:15</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B579F325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco Physical Gold ETC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>331.7160</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>331.7160</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>331.7160</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:15</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B579F325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco Physical Gold ETC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>331.7160</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1990.2960</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1990.2960</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:16</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GB00B63H8491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Rolls-Royce Holdings PLC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11.8370</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>118.3700</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>118.3700</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:16</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B3VVMM84</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Vanguard FTSE Emerging Markets UCITS ETF Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>58.6200</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6155.1000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6155.1000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:17</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE0002Y8CX98</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>WisdomTree Europe Defence UCITS ETF -EUR Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>27.5870</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>193.1090</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>193.1090</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:17</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE0008232125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Deutsche Lufthansa AG (EUR)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>8.0980</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>40.4900</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>40.4900</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:17</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE0008232125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Deutsche Lufthansa AG (EUR)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>8.0980</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>615.4480</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>615.4480</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:17</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000ZAL1111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Zalando SE (EUR)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>23.9740</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>119.8700</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>119.8700</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:19</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GB0031743007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Burberry Group PLC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>13.2610</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>265.2200</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>265.2200</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:20</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000NDWFGA5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Global X Uranium UCITS ETF USD Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>20.6160</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>103.0800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>103.0800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:20</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000NDWFGA5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Global X Uranium UCITS ETF USD Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>20.6160</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1999.7520</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1999.7520</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:20</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B3RBWM25</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Vanguard FTSE All-World UCITS ETF Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>130.2550</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>521.0200</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>521.0200</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:20</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B3RBWM25</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Vanguard FTSE All-World UCITS ETF Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>130.2550</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9899.3800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9899.3800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:20</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>NO0010345853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Aker BP ASA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>18.9190</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1343.2490</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1343.2490</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:21</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B6R52259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares V MSCI ACWI UCITS ETF USD Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.6140</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.6140</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.6140</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:21</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B6R52259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares V MSCI ACWI UCITS ETF USD Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.6140</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>8903.8560</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>8903.8560</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:21</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B6R52259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares V MSCI ACWI UCITS ETF USD Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.6140</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>24828.0600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>24828.0600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:21</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B6R52259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares V MSCI ACWI UCITS ETF USD Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.6140</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>171.2280</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>171.2280</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:21</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B6R52259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares V MSCI ACWI UCITS ETF USD Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.6140</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>342.4560</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>342.4560</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:21</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B42NKQ00</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares V S&amp;P 500 Energy Sector UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7.3050</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>94.9650</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>94.9650</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:21</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BQQP9G91</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>VanEck Junior Gold Miners UCITS Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>82.4080</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4202.8080</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4202.8080</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:21</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BM8R0J59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Global X Nasdaq 100 Covered Call UCITS ETF USD Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>13.2840</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>797.0400</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>797.0400</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:22</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BP3QZ825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares IV Edge MSCI World Momentum Factor UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>76.2900</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>76.2900</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>76.2900</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:22</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BP3QZ825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares IV Edge MSCI World Momentum Factor UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>76.2900</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>13655.9100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>13655.9100</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:22</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE0008RX29L5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco Wind Energy UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4.7240</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>47.2400</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>47.2400</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:22</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000HAG0005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Hensoldt AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>70.0020</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3500.1000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3500.1000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:23</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE0005557508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Deutsche Telekom AG (EUR)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>25.4490</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>25.4490</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>25.4490</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:23</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>LU1598757687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ArcelorMittal S.A.</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>35.7480</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>357.4800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>357.4800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:23</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000ENER6Y0</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Siemens Energy AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>113.4050</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>567.0250</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>567.0250</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:24</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000Z9SJA06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers S&amp;P 500 UCITS ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10.3810</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2007</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>20834.6670</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>20834.6670</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:24</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B60SWW18</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco STOXX Europe 600 UCITS ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>136.3060</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>136.3060</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>136.3060</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:24</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B60SWW18</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco STOXX Europe 600 UCITS ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>136.3060</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5997.4640</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5997.4640</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:25</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>JE00B4T3BW64</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Glencore PLC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4.1140</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>41.1400</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>41.1400</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:25</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1129911108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>RealUnit Schweiz AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.3600</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>680.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>680.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:25</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1129911108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>RealUnit Schweiz AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.3600</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>334.5600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>334.5600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:25</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE0007030009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Rheinmetall AG (EUR)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1448.9640</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1448.9640</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1448.9640</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:25</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B6R52036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares V Gold Producers UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>30.8170</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>184.9020</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>184.9020</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:25</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B6R52036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares V Gold Producers UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>30.8170</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2033.9220</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2033.9220</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:25</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B6R52036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares V Gold Producers UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>30.8170</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1016.9610</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1016.9610</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:26</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000PJL7R74</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco MSCI EM ESG Climate Paris Aligned UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4.0900</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2863.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2863.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:27</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000716YHJ7</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco FTSE All-World UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6.5990</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1578</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10413.2220</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10413.2220</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:27</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000716YHJ7</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco FTSE All-World UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6.5990</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3391.8860</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3391.8860</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:27</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000716YHJ7</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco FTSE All-World UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6.5990</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>329.9500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>329.9500</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:27</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE0031442068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares Core S&amp;P 500 UCITS ETF USD Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>53.8160</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>322.8960</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>322.8960</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:27</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE0031442068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares Core S&amp;P 500 UCITS ETF USD Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>53.8160</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>215.2640</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>215.2640</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:27</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE0031442068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares Core S&amp;P 500 UCITS ETF USD Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>53.8160</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>215.2640</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>215.2640</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:27</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BP3QZ825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares IV Edge MSCI World Momentum Factor UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>76.5420</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1530.8400</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1530.8400</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:30</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000TUAG505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>TUI AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>8.4610</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2284.4700</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2284.4700</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:30</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE0008430026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Münchener Rück AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>515.1450</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>515.1450</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>515.1450</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:31</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GB00BP6MXD84</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Shell PLC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>29.0510</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>58.1020</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>58.1020</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:36</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000TUAG505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>TUI AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>8.4560</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1141.5600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1141.5600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:38</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0009002962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Barry Callebaut AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1271.8330</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1271.8330</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1271.8330</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0319416936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Flughafen Zurich AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>247.7950</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1486.7700</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1486.7700</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0406705126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Sensirion Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>59.5130</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>178.5390</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>178.5390</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1169360919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Accelleron Industries AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>62.0530</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>186.1590</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>186.1590</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0126639464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Calida Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11.7390</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>199.5630</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>199.5630</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1430263496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf SIG Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.0100</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>250000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2500.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2500.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012005267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>108.2260</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>108.2260</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>108.2260</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012005267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>108.2260</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>432.9040</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>432.9040</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0014852781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Life Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>908.7940</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>908.7940</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>908.7940</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0435377954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>SIG Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10.5320</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1053.2000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1053.2000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012214059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Holcim AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>76.7350</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>153.4700</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>153.4700</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012214059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Holcim AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>76.7350</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>767.3500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>767.3500</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0002178181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Stadler Rail AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>20.0610</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>240.7320</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>240.7320</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0025751329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Logitech International SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>83.4160</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>83.4160</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>83.4160</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012032048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Roche Holding AG-Genusschein</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>320.7260</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>320.7260</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>320.7260</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0023868554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Implenia AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>72.9720</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1240.5240</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1240.5240</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012221716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>57.8130</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>231.2520</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>231.2520</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1386220409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Sunrise Communications AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>41.4000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>41.4000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>41.4000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0016440353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EMS-Chemie Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>557.0770</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1114.1540</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1114.1540</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0418792922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Sika AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>163.7240</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>327.4480</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>327.4480</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0418792922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Sika AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>163.7240</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>491.1720</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>491.1720</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0418792922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Sika AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>163.7240</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>491.1720</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>491.1720</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AT0000A3EPA4</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ams-OSRAM AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7.3850</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>66.4650</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>66.4650</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012142631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Clariant AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7.2600</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>145.2000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>145.2000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>78.8740</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>78.8740</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>78.8740</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>78.8740</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>473.2440</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>473.2440</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>36.9820</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>147.9280</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>147.9280</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>36.9820</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1109.4600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1109.4600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0126881561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Re AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>129.8630</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2597.2600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2597.2600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0126881561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Re AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>129.8630</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>519.4520</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>519.4520</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1175448666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Straumann Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>94.0960</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>940.9600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>940.9600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:56</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0010645932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Givaudan SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3138.8050</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>15694.0250</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>15694.0250</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:56</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012214059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Holcim AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>76.6720</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>13570.9440</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>13570.9440</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:00:58</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0013841017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Lonza Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>529.0570</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>15871.7100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>15871.7100</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:01</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0013841017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Lonza Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>529.1700</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>529.1700</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>529.1700</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:27</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479358645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on DocMorris</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.1960</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>392.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>392.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:30</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>LU0249326488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Market Access Rogers International Commodity UCITS ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>25.2200</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>176.5400</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>176.5400</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:33</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1430263496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf SIG Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.0100</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>250000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2500.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2500.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:38</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1430263496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf SIG Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.0100</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>173850</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1738.5000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1738.5000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0183136057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Platinum ETF AA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>448.9250</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>448.9250</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>448.9250</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GB00BMTP1626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>WisdomTree Physical Crypto Market ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5.7790</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>288.9500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>288.9500</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GB00BNGJ9H18</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>WisdomTree Physical Polkadot ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.8050</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>24.1500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>24.1500</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GB00BNGJ9H18</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>WisdomTree Physical Polkadot ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.8050</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>96.6000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>96.6000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BYM11L64</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (hedged to CHF) Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>221.0710</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>663.2130</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>663.2130</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BYM11L64</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (hedged to CHF) Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>221.0710</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>221.0710</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>221.0710</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0131872431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS ETF - SPI (CHF) A-dis</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>83.6800</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>502.0800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>502.0800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BDQZN774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS(Irl) - MSCI ACWI ESG Universal Low Carbon Select UCITS ETF (hedged to CHF) Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>19.5240</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>566.1960</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>566.1960</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1416135338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS(L)FS - Core SPI ETF CHF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3.5740</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>53.6100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>53.6100</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GB00BNGJ9G01</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>WisdomTree Physical Solana ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>13.6990</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>684.9500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>684.9500</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0016999846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares ETF (CH) Swiss Domestic Government Bond 3-7 ETF Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>74.5050</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1341.0900</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1341.0900</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0017142719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS ETF - SMI (CHF) A-dis</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>133.9090</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>133.9090</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>133.9090</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0017142719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS ETF - SMI (CHF) A-dis</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>133.9090</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>401.7270</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>401.7270</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0017142719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS ETF - SMI (CHF) A-dis</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>133.9090</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>133.9090</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>133.9090</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0019852802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares ETF (CH) SMIM ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>311.7060</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>311.7060</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>311.7060</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1315732250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers Galaxy Physical Bitcoin ETC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.2110</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>366.3300</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>366.3300</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1315732250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers Galaxy Physical Bitcoin ETC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.2110</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>305.2750</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>305.2750</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>LU1900066462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Amundi MSCI Eastern Europe Ex Russia UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>33.8780</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1490.6320</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1490.6320</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0237935637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares ETF (CH) Swiss Dividend Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>178.7190</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>536.1570</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>536.1570</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0237935637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares ETF (CH) Swiss Dividend Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>178.7190</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>178.7190</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>178.7190</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0237935637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares ETF (CH) Swiss Dividend Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>178.7190</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>536.1570</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>536.1570</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GB00BNGJ9J32</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>WisdomTree Physical Cardano ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3.6120</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>21.6720</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>21.6720</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GB00BNGJ9J32</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>WisdomTree Physical Cardano ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3.6120</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>180.6000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>180.6000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0105994401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS ETF CH SXI Real Estate Funds (CHF) Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10.7870</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>107.8700</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>107.8700</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0139101593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Gold ETF AA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1020.3910</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3061.1730</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3061.1730</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1315732268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers Galaxy Physical Ethereum ETC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7.0300</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>210.9000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>210.9000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BYVTMT69</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco EQQQ Nasdaq-100 UCITS ETF CHF Hdg Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>404.2530</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3638.2770</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3638.2770</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0183135976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Silver ETF AA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>149.9170</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9744.6050</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9744.6050</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0183135976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Silver ETF AA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>149.9170</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1799.0040</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1799.0040</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0183135976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Silver ETF AA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>149.9170</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>299.8340</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>299.8340</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:01:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00035F1RO6</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swisscanto IE ESGen SDG Index Equity USA UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10.0100</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>110.1100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>110.1100</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:02:02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000KIQ3DT5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swisscanto IE ESGen SDG Index Equity EMU UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9.5870</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9.5870</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9.5870</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:02:04</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1292088809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ETP on FuW Swiss 50 Index NTR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6.8800</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>68.8000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>68.8000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:02:04</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1408319130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swisscanto CH ESGen SDG Index Equity Switzerland ETF Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10.2310</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>153.4650</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>153.4650</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:02:04</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1408319130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swisscanto CH ESGen SDG Index Equity Switzerland ETF Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10.2310</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>71.6170</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>71.6170</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:02:04</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1408319130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swisscanto CH ESGen SDG Index Equity Switzerland ETF Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10.2310</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4992.7280</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4992.7280</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:02:04</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1171799823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Tracker Certificate on Bitcoin</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>68.2900</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>478.0300</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>478.0300</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:02:04</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000ZI3FFP9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swisscanto IE ESGen SDG Index Equity World UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11.4410</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>583.4910</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>583.4910</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:02:04</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000ZI3FFP9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swisscanto IE ESGen SDG Index Equity World UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11.4410</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>457.6400</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>457.6400</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:02:04</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000ZI3FFP9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swisscanto IE ESGen SDG Index Equity World UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11.4410</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>57.2050</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>57.2050</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:02:05</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>36.9050</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>922.6250</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>922.6250</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:02:06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1292091837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Tracker Certificate on Chainlink</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9950</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5.9700</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5.9700</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:02:06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BP3QZ825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares IV Edge MSCI World Momentum Factor UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>76.5450</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4975.4250</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4975.4250</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:02:06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1292091852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Tracker Certificate on Hedera</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.8900</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>445.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>445.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:02:08</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1292091514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Tracker Certificate on Dogecoin</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.0400</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>124.8000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>124.8000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:02:17</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000A1EWWW0</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Adidas AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>153.2550</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>153.2550</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>153.2550</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:02:24</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000BASF111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BASF SE (EUR)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>40.7410</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>17926.0400</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>17926.0400</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:02:33</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000TKMS001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>TKMS AG &amp; Co KGaA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>58.9030</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>117.8060</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>117.8060</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:02:37</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000A1TNV91</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Bitcoin Group SE</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>30.5210</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>915.6300</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>915.6300</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:02:42</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000A1TNV91</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Bitcoin Group SE</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>30.3090</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>454.6350</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>454.6350</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:02:58</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00053WDH64</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco Hydrogen Economy UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3.2400</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>498.9600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>498.9600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:02:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>NO0010345853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Aker BP ASA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>18.9480</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7313.9280</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7313.9280</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:02:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000A1TNV91</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Bitcoin Group SE</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>30.3090</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>454.6350</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>454.6350</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:02:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000TUAG505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>TUI AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>8.5100</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>808.4500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>808.4500</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:03:22</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0334081137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CRISPR Therapeutics AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>48.800000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>48.800000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>45.9305600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:03:32</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1315732250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers Galaxy Physical Bitcoin ETC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.2090</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1220.9000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1220.9000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:03:50</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0131872431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS ETF - SPI (CHF) A-dis</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>83.6200</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>250.8600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>250.8600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:03:57</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BQQP9G91</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>VanEck Junior Gold Miners UCITS Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>82.2540</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>246.7620</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>246.7620</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:04:01</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0454664001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Bitcoin ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>25.028000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>75.084000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>70.6690608000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:04:04</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1357065999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Meyer Burger Technology AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.0400</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.2400</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.2400</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:04:04</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1357065999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Meyer Burger Technology AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.0400</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4.6800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4.6800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:04:32</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AU000000DRO2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DroneShield Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.5210</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>781.7940</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>781.7940</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:04:38</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AU000000DRO2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DroneShield Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.5210</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>234.2340</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>234.2340</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:04:57</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1175448666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Straumann Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>93.4560</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3738.2400</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3738.2400</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:05:03</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012032113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Roche Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>355.200000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3196.800000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3008.8281600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:05:33</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0042615283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DocMorris AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5.6060</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>28.0300</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>28.0300</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:05:51</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AU000000DRO2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DroneShield Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.5310</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>623.1170</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>623.1170</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:05:51</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AU000000DRO2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DroneShield Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.5310</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>163.8170</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>163.8170</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:05:54</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AT0000A3EPA4</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ams-OSRAM AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7.4810</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7.4810</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7.4810</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:05:57</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AU000000DRO2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DroneShield Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.5350</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>236.3900</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>236.3900</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:06:00</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BLRB0242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco Global Clean Energy UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>17.3160</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>173.1600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>173.1600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:06:02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1491764986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.04% p.a. Multi Barrier Reverse Convertible on BNP Paribas, Commerzbank, Deutsche Bank</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>100.0000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>150000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>15000000.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>15000000.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:06:03</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US69608A1088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Palantir Technologies Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>148.2500</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>27426.2500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>27426.2500</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:06:09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AU000000DRO2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DroneShield Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.5350</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>788.9900</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>788.9900</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:06:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012829898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Emmi AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>748.8480</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9735.0240</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9735.0240</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:06:14</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AU000000DRO2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DroneShield Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.5350</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>236.3900</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>236.3900</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:06:15</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012268360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Kudelski SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.2600</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>8.8200</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>8.8200</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:06:17</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BGV5VN51</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers Artificial Intelligence &amp; Big Data UCITS ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>141.1000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>282.2000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>282.2000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:06:40</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US72919P2020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Plug Power Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.8130</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>18.1300</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>18.1300</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:06:42</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0003671440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Rieter Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3.210000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1059.300000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>997.0131600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:06:43</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US1941621039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Colgate-Palmolive Co</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>62.0310</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6203.1000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6203.1000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:06:57</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US02079K3059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Alphabet Inc Class A</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>243.9150</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>487.8300</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>487.8300</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:06:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BYZK4552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares IV Automation &amp; Robotics UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.7460</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>203.9360</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>203.9360</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:07:00</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GB00B63H8491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Rolls-Royce Holdings PLC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.3180</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.3180</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.3180</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:07:27</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B6R52259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares V MSCI ACWI UCITS ETF USD Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.6620</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>856.6200</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>856.6200</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:07:38</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AU000000DRO2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DroneShield Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.5400</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>791.5600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>791.5600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:07:44</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AU000000DRO2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DroneShield Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.5400</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>237.1600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>237.1600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:08:40</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0435377954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>SIG Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11.260000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>337.800000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>317.9373600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:08:40</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00053WDH64</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco Hydrogen Economy UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3.2610</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>211.9650</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>211.9650</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:09:02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.630000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1981.500000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1864.9878000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:09:03</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0126881561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Re AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>139.450000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1394.500000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1312.5034000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:09:41</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0475552201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Bitcoin Cash ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>20.504000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1025.200000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>964.9182400000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:09:46</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GB00B63H8491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Rolls-Royce Holdings PLC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.1520</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2005.0800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2005.0800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:09:52</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DK0062498333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Novo Nordisk A/S-B</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>37.6540</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>75.3080</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>75.3080</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:09:52</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US7427181091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Procter &amp; Gamble Co</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>115.9520</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9971.8720</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9971.8720</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:09:53</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479358645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on DocMorris</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.1940</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>18000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3492.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3492.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:09:55</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1335392721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Galderma Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>162.9980</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6519.9200</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6519.9200</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:09:57</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012032113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Roche Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>355.600000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3556.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3346.9072000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:09:58</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DK0062498333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Novo Nordisk A/S-B</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>37.6490</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>188.2450</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>188.2450</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:10:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0023868554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Implenia AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>78.500000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1962.500000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1847.1050000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:10:16</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>FR0000120321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>L'Oréal</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>348.0490</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9745.3720</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9745.3720</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:10:33</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US64110L1061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Netflix Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>75.3160</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>376.5800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>376.5800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:10:36</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AU000000DRO2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DroneShield Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.5400</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>791.5600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>791.5600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:10:42</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AU000000DRO2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DroneShield Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.5400</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>237.1600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>237.1600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:10:49</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.300000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>170.600000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>160.5687200000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:10:54</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0017875789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Jungfraubahn Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>299.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2990.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2814.1880000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:11:07</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0126881561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Re AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>139.600000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>37692.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>35475.7104000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:11:13</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DK0062498333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Novo Nordisk A/S-B</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>37.6590</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>907</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>34156.7130</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>34156.7130</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:11:15</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>NL0011585146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Ferrari N.V.</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>296.9560</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>44543.4000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>44543.4000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:11:19</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DK0062498333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Novo Nordisk A/S-B</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>37.7060</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>13272.5120</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>13272.5120</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:12:04</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000ENER6Y0</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Siemens Energy AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>112.7830</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11278.3000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11278.3000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:12:09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012221716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>57.9720</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1159.4400</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1159.4400</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:12:29</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012032048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Roche Holding AG-Genusschein</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>345.400000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4144.800000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3901.0857600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:12:32</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AU000000DRO2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DroneShield Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.5660</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>804.9240</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>804.9240</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:12:38</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AU000000DRO2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DroneShield Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.5710</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>241.9340</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>241.9340</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:13:14</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CA1380357048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Canopy Growth Corp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.5120</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>453.6000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>453.6000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:13:15</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012005267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>108.0020</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>324.0060</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>324.0060</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:13:34</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0319416936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Flughafen Zurich AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>248.0470</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>248.0470</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>248.0470</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:13:44</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US0079031078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Advanced Micro Devices Inc (USD)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>162.8770</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>488.6310</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>488.6310</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:13:57</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012005267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>115.840000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5212.800000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4906.2873600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:14:03</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0008837566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Allreal Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>200.3980</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1803.5820</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1803.5820</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:14:05</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AU000000DRO2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DroneShield Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.5710</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>807.4940</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>807.4940</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:14:07</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>LU0893933373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Fundsmith SICAV - Equity Fund USD IC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>40.6500</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2470</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>100405.5000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>100405.5000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:14:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AU000000DRO2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DroneShield Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.5710</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>241.9340</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>241.9340</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:14:23</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012255151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>THE SWATCH GROUP AG (I)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>181.100000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11228.200000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10567.9818400000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:14:29</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1315732268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers Galaxy Physical Ethereum ETC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7.0000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>700.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>700.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:14:31</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US64110L1061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Netflix Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>75.3160</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>376.5800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>376.5800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:14:38</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE0005557508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Deutsche Telekom AG (EUR)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>25.4210</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>762.6300</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>762.6300</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:14:45</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US88579Y1010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3M Co (USD)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>129.1650</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>129.1650</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>129.1650</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:14:47</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BYWQWR46</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>VanEck Vectors Video Gaming and eSports UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>54.6350</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>109.2700</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>109.2700</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:14:52</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0435377954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>SIG Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10.4530</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>52.2650</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>52.2650</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:14:53</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B4BNMY34</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Accenture PLC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>215.9470</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1079.7350</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1079.7350</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:14:55</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0139101593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Gold ETF AA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1017.9110</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>19340.3090</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>19340.3090</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:15:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012005267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>115.820000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>463.280000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>436.0391360000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:16:07</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AU000000DRO2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DroneShield Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.5940</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>636.0060</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>636.0060</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:16:21</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012214059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Holcim AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>82.360000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>247.080000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>232.5516960000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:16:38</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0023868554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Implenia AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>78.500000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>471.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>443.3052000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:16:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0363463438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Idorsia Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4.185000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>209.250000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>196.9461000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:16:47</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012005267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>115.660000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>28105.380000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>26452.7836560000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:16:50</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0126881561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Re AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>130.4620</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4696.6320</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4696.6320</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:16:51</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0014852781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Life Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>978.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>978.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>920.4936000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:17:02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038389992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BB Biotech AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>48.100000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9620.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9054.3440000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:17:34</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0126881561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Re AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>140.100000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>560.400000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>527.4484800000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:18:03</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0008837566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Allreal Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>200.3980</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2003.9800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2003.9800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:18:03</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0010570767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Chocoladefabriken Lindt&amp;Spruengli PS SF 10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11884.9000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11884.9000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11884.9000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:18:03</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0011108872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Mobimo Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>359.8970</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2159.3820</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2159.3820</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:18:50</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012032113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Roche Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>331.7130</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4643.9820</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4643.9820</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:18:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1360612159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Sui Staking ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>35.044000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>35.044000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>32.9834128000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:19:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0008702190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Cicor Technologies Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>132.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4884.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4596.8208000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:19:26</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GB0007980591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BP PLC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4.5020</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2251.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2251.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:19:49</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9EQQ9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Szew Grundinvestment</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1119.2190</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11192.1900</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11192.1900</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:20:04</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0435377954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>SIG Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11.280000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>789.600000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>743.1715200000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:20:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>36.7000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2202.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2202.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:20:17</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0042615283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DocMorris AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5.5570</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1944.9500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1944.9500</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:20:23</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.370000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1968.500000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1852.7522000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:22:04</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0008837566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Allreal Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>200.3970</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2003.9700</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2003.9700</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:22:07</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.410000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2482.830000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2336.8395960000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:22:07</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GB00BNGJ9J32</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>WisdomTree Physical Cardano ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3.5920</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2801.7600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2801.7600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:22:19</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012032113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Roche Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>356.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>356.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>335.0672000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:22:24</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>79.6650</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>318.6600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>318.6600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:22:44</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0183135976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Silver ETF AA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>149.6760</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>149.6760</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>149.6760</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:23:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0139101593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Gold ETF AA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1018.3000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>22402.6000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>22402.6000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:23:21</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000ZI3FFP9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swisscanto IE ESGen SDG Index Equity World UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11.4070</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>205.3260</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>205.3260</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:23:22</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B579F325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco Physical Gold ETC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>331.3820</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>994.1460</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>994.1460</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:23:29</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US0079031078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Advanced Micro Devices Inc (USD)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>161.6270</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2747.6590</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2747.6590</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:23:54</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0011484067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>St. Galler Kantonalbank AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>609.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1827.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1719.5724000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:23:54</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B3XXRP09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Vanguard S&amp;P 500 UCITS ETF Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>102.5250</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>820.2000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>820.2000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:23:57</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US30303M1027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Meta Platforms Inc Class A</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>528.7530</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1057.5060</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1057.5060</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:24:02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>36.6990</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>73398.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>73398.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:24:07</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0014852781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Life Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>911.1070</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>911.1070</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>911.1070</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:24:15</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US6541061031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>NIKE Inc (USD)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>47.1460</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>377.1680</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>377.1680</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:24:23</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BMFKG444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers NASDAQ 100 UCITS ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>46.3700</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>185.4800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>185.4800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:24:24</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US9344231041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Warner Bros. Discovery Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>22.0280</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>66.0840</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>66.0840</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:24:25</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0183135976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Silver ETF AA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>149.6080</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1196.8640</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1196.8640</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:24:26</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>NL0011585146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Ferrari N.V.</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>298.2000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>298.2000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>298.2000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:24:45</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US60770K1079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Moderna Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>24.6990</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>765.6690</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>765.6690</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:25:08</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012335540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Vontobel Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>67.900000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>67.900000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>63.9074800000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:25:42</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000ZI3FFP9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swisscanto IE ESGen SDG Index Equity World UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11.3990</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2051.8200</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2051.8200</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:26:04</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0008837566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Allreal Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>200.4550</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1804.0950</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1804.0950</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:26:04</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1429326825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Siegfried Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>74.9530</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1124.2950</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1124.2950</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:26:05</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012214059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Holcim AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>76.6270</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12949.9630</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12949.9630</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:26:06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>79.6220</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>26514.1260</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>26514.1260</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:26:16</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0139101593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Gold ETF AA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1019.3290</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1019.3290</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1019.3290</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:26:43</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0445689208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Crypto Basket Index ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>14.740000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1474.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1387.3288000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:26:45</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1335392721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Galderma Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>162.7550</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>29621.4100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>29621.4100</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:27:19</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0139101593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Gold ETF AA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1019.1590</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1019.1590</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1019.1590</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:27:24</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0183135976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Silver ETF AA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>149.6820</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>898.0920</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>898.0920</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:27:30</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BKS7L097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco S&amp;P 500 ESG UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>75.0010</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>525.0070</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>525.0070</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:27:36</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.300000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>157.200000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>147.9566400000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:27:46</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US30303M1027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Meta Platforms Inc Class A</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>531.1590</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1062.3180</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1062.3180</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:28:01</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B3RBWM25</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Vanguard FTSE All-World UCITS ETF Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>130.4650</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>391.3950</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>391.3950</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:28:03</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1176493729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Bachem Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>61.400000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9210.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>8668.4520000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:28:04</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0126673539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DKSH Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>57.1430</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2057.1480</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2057.1480</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:28:26</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0454664001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Bitcoin ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>24.966000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>24.966000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>23.4979992000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:28:26</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0454664027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Ethereum Staking ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>27.718000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>27.718000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>26.0881816000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:28:26</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0475552201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Bitcoin Cash ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>20.500000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>61.500000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>57.8838000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:28:26</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1100083471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Chainlink ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10.924000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>21.848000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>20.5633376000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:28:26</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1135202120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Aave ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>18.405000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>55.215000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>51.9683580000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:28:26</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1209763130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Ethereum Core Staking ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9.272500</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>18.545000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>17.4545540000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:28:28</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1315732250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers Galaxy Physical Bitcoin ETC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.1820</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9952.6940</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9952.6940</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:28:35</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US68389X1054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Oracle Corp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>152.6040</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>305.2080</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>305.2080</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:28:41</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000716YHJ7</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco FTSE All-World UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6.5950</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1159</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7643.6050</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7643.6050</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:28:45</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0454664001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Bitcoin ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>24.950000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>748.500000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>704.4882000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:29:03</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012549785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Sonova Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>206.3990</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>8255.9600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>8255.9600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:29:05</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0126673539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DKSH Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>57.1370</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>971.3290</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>971.3290</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:29:23</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0183135976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Silver ETF AA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>149.6990</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>299.3980</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>299.3980</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:29:36</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0315966322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Bell Food Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>223.9700</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>223.9700</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>223.9700</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:29:45</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0210483332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Cie Financiere Richemont SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>168.0920</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39501.6200</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39501.6200</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:29:49</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0183135976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Silver ETF AA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>149.5750</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>8974.5000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>8974.5000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:30:02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.600000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.600000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>80.5667200000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:30:05</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0011108872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Mobimo Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>360.5870</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3605.8700</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3605.8700</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:30:09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US7561091049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Realty Income Corp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>46.0940</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>921.8800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>921.8800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:30:25</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DK0062498333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Novo Nordisk A/S-B</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>37.6950</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3769.5000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3769.5000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:30:26</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0014852781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Life Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>977.800000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2933.400000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2760.9160800000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:30:31</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>36.6030</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>36603.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>36603.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:31:05</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0024638212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Schindler Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>280.5990</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>841.7970</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>841.7970</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:31:27</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1248667003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Schweiter Technologies AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>277.500000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6105.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5746.0260000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:31:29</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0010570759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Chocoladefabriken Lindt&amp;Spruengli N SF 100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>118806.0000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>118806.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>118806.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:32:29</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0418792922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Sika AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>163.9910</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9839.4600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9839.4600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:32:42</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1408319130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swisscanto CH ESGen SDG Index Equity Switzerland ETF Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10.2850</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1028.5000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1028.5000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:32:46</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012005267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>115.740000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>115.740000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>108.9344880000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:32:46</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012005267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>115.740000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39930.300000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>37582.3983600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:33:35</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0406705126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Sensirion Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>58.8570</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1177.1400</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1177.1400</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:33:37</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B53QG562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares VII Core MSCI EMU UCITS ETF EUR Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>202.1710</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>60651.3000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>60651.3000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:33:58</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CA1380357048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Canopy Growth Corp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.5110</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>453.3000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>453.3000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:34:02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9AVX3</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UMBRELLA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3965.260000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3965.260000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3732.1027120000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:34:13</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1248667003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Schweiter Technologies AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>268.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2948.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2774.6576000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:34:19</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0011075394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Zurich Insurance Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>595.1710</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>31544.0630</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>31544.0630</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:34:29</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.350000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>590.250000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>555.5433000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:34:37</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.350000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1101.800000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1037.0141600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:34:56</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0418792922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Sika AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>176.100000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>176.100000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>165.7453200000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:35:23</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1243598427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Sandoz Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>57.6010</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>288.0050</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>288.0050</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:35:36</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000A2E4K43</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Delivery Hero SE (EUR)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>20.5880</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5147.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5147.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:35:44</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0126881561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Re AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>130.4950</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>13049.5000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>13049.5000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:35:57</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0435377954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>SIG Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10.5420</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>527.1000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>527.1000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:36:23</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE0031442068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares Core S&amp;P 500 UCITS ETF USD Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>53.8680</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>538.6800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>538.6800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:36:32</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US3364331070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>First Solar Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>209.6690</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1048.3450</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1048.3450</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:36:33</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1115678950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Haute Capital Partners AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>159.1000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1591.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1591.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:36:42</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0024608827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Partners Group Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>974.4770</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>974.4770</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>974.4770</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:37:01</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.400000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1024.800000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>964.5417600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:37:02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US38268T1034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GoPro Inc Class-A</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.2810</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>128.1000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>128.1000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:37:03</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012032048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Roche Holding AG-Genusschein</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>321.9870</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>101425.9050</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>101425.9050</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:37:05</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1335392721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Galderma Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>162.9360</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>17922.9600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>17922.9600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:37:07</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0334081137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CRISPR Therapeutics AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>48.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>864.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>813.1968000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:37:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US5021751020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>LTC Properties Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>27.4950</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1099.8000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1099.8000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:37:47</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0276837694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Mobilezone Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.7090</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2541.8000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2541.8000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:37:54</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BKM4GZ66</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares Core MSCI Emerging Markets IMI UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>34.9570</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>699.1400</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>699.1400</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:38:20</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0334081137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CRISPR Therapeutics AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>48.800000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>97.600000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>91.8611200000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:38:47</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0432492467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Alcon AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>63.3560</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>190.0680</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>190.0680</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:38:49</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1176493729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Bachem Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>60.850000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>9127.500000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>8590.8030000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:38:49</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000L4EH2K5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco S&amp;P World Health Care ESG UCITS ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5.1580</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>784.0160</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>784.0160</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:39:09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B3RBWM25</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Vanguard FTSE All-World UCITS ETF Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>130.4980</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1435.4780</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1435.4780</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:39:28</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>36.6450</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>183.2250</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>183.2250</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:39:52</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1256740924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>SGS S.A.</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>96.640000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4832.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4547.8784000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:39:55</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BE0974293251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Anheuser-Busch InBev SA/NV</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>51.4200</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10438.2600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10438.2600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:40:02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0126881561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Re AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>140.150000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1401.500000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1319.0918000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:40:14</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012255151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>THE SWATCH GROUP AG (I)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>181.400000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4897.800000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4609.8093600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:40:17</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0011075394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Zurich Insurance Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>638.800000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>31940.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>30061.9280000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:40:18</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0008702190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Cicor Technologies Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>132.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3168.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2981.7216000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:40:18</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012221716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>62.440000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2435.160000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2291.9725920000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:40:18</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0013841017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Lonza Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>568.800000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2275.200000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2141.4182400000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:40:18</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0030170408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Geberit AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>669.400000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>669.400000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>630.0392800000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:40:18</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US64110L1061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Netflix Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>75.3630</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>452.1780</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>452.1780</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:40:33</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US67066G1040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>NVIDIA Corp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>140.6010</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2812.0200</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2812.0200</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:40:42</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0011075394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Zurich Insurance Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>638.800000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>638.800000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>601.2385600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:40:45</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0010645932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Givaudan SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3378.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6756.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6358.7472000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:40:46</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US68389X1054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Oracle Corp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>152.1580</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1065.1060</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1065.1060</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:40:55</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0210483332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Cie Financiere Richemont SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>180.600000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2167.200000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2039.7686400000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:41:16</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0025751329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Logitech International SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>88.900000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>622.300000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>585.7087600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:41:17</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CA4339211035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Hive Digital Technologies Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2.1600</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10800.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10800.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:41:31</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0466642201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Helvetia Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>223.400000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2680.800000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2523.1689600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:41:41</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0011484067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>St. Galler Kantonalbank AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>608.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1824.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1716.7488000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:41:41</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1169151003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Georg Fischer AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>57.750000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>635.250000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>597.8973000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:41:43</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0025751329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Logitech International SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>88.940000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5958.980000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5608.5919760000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:41:46</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.520000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.520000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>80.4914240000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:41:55</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012829898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Emmi AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>748.7310</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>748.7310</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>748.7310</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:41:56</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.360000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>23970.240000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>22560.7898880000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:42:00</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0042615283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DocMorris AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5.945000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>840</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4993.800000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4700.1645600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:42:02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0418792922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Sika AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>176.200000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2114.400000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1990.0732800000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:42:06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0126881561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Re AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>130.5050</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>913.5350</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>913.5350</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:42:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US30303M1027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Meta Platforms Inc Class A</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>530.9570</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2123.8280</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2123.8280</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:42:17</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0042615283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DocMorris AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5.945000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1093.880000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1029.5598560000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:42:44</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0210483332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Cie Financiere Richemont SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>168.3910</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>26942.5600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>26942.5600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:42:44</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1335392721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Galderma Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>162.9670</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>25259.8850</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>25259.8850</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:42:45</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0435377954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>SIG Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11.320000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3645.040000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3430.7116480000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:42:49</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.340000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>16208.080000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>15255.0448960000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:43:06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0334081137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CRISPR Therapeutics AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>48.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>960.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>903.5520000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:43:06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0025751329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Logitech International SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>82.8580</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>26017.4120</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>26017.4120</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:43:08</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0334081137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CRISPR Therapeutics AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>48.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>960.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>903.5520000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:43:09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0334081137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CRISPR Therapeutics AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>48.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>960.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>903.5520000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:43:09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0334081137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CRISPR Therapeutics AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>48.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>960.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>903.5520000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:43:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0334081137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CRISPR Therapeutics AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>48.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>960.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>903.5520000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:43:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0334081137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CRISPR Therapeutics AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>48.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>960.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>903.5520000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:43:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1243598427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Sandoz Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>57.5170</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>115.0340</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>115.0340</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:43:19</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012255151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>THE SWATCH GROUP AG (I)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>181.400000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4897.800000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4609.8093600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:43:23</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012255151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>THE SWATCH GROUP AG (I)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>181.400000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1451.200000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1365.8694400000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:43:34</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BYZK4552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares IV Automation &amp; Robotics UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.7450</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>560.7800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>560.7800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:43:50</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0010645932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Givaudan SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3378.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6756.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6358.7472000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:43:57</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0126881561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Re AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>140.100000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1401.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1318.6212000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:44:00</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0334081137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CRISPR Therapeutics AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>48.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>960.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>903.5520000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:44:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0010645932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Givaudan SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3378.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6756.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6358.7472000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:44:20</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0010645932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Givaudan SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3378.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6756.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6358.7472000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:44:20</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0363463438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Idorsia Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4.095000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1221</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4999.995000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4705.9952940000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:44:21</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0010645932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Givaudan SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3378.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3378.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3179.3736000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:44:41</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0363463438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Idorsia Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4.095000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1212</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4963.140000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4671.3073680000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:44:41</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0363463438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Idorsia Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4.095000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1208</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4946.760000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4655.8905120000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:44:41</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0363463438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Idorsia Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4.095000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>495.495000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>466.3598940000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:45:02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0319416936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Flughafen Zurich AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>266.400000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>799.200000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>752.2070400000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:45:06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0418792922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Sika AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>163.7040</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>982.2240</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>982.2240</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:45:16</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0024590272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ALSO Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>233.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4893.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4605.2916000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:45:20</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0008702190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Cicor Technologies Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>132.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3168.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2981.7216000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:45:24</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0024590272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ALSO Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>233.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4893.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4605.2916000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:45:24</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0024590272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ALSO Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>233.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4893.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4605.2916000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:45:24</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0024590272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ALSO Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>233.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4893.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4605.2916000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:45:37</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1176493729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Bachem Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>61.050000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>549.450000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>517.1423400000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:45:37</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1243598427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Sandoz Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>57.6050</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>576.0500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>576.0500</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:45:43</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0024590272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ALSO Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>233.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>16310.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>15350.9720000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:45:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0008702190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Cicor Technologies Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>132.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1848.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1739.3376000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:46:00</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0008742519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swisscom AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>608.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5472.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5150.2464000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:46:05</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0009002962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Barry Callebaut AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1389.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1389.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1307.3268000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:46:18</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B53L3W79</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares VII Core EURO STOXX 50 UCITS ETF EUR Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>204.1500</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>14290.5000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>14290.5000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:46:29</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000716YHJ7</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco FTSE All-World UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6.5960</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>329.8000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>329.8000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:46:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0023868554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Implenia AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>73.0900</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>73.0900</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>73.0900</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:46:55</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0126881561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Re AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>140.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7280.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6851.9360000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:47:02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0126881561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Re AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>140.050000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>17086.100000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>16081.4373200000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:47:25</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.420000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5893.980000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5547.4139760000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:47:52</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B5BMR087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares VII Core S&amp;P 500 UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>579.6990</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>14492.4750</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>14492.4750</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:48:02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AU000000BHP4</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BHP Group Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>23.5950</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>70.7850</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>70.7850</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:48:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0139101593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Gold ETF AA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1019.6190</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1019.6190</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1019.6190</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:48:26</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0126673539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DKSH Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>57.0420</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>22816.8000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>22816.8000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:48:36</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BDVPNG13</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>WisdomTree Artificial Intelligence UCITS ETF - USD Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>66.5650</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>29954.2500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>29954.2500</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:48:36</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012221716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>58.1790</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11403.0840</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11403.0840</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:48:37</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1335392721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Galderma Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>162.8950</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10588.1750</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10588.1750</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:48:42</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012005267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>115.720000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6248.880000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5881.4458560000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:48:46</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000SH0NZ71</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Unlimited Factor Warrant 6.0 x Long on Platinum Future</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3.560000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1250</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4450.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4450.000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:48:46</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000SH0NZ71</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Unlimited Factor Warrant 6.0 x Long on Platinum Future</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3.560000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1250</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4450.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4450.000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:48:51</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0003671440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Rieter Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3.300000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>950</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3135.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2950.6620000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:48:51</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0406705126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Sensirion Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>62.900000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1761.200000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1657.6414400000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:49:05</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0025751329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Logitech International SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>82.8130</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>248.4390</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>248.4390</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:49:15</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B4L5YC18</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares III MSCI EM UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>40.5650</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3650.8500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3650.8500</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:49:16</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012005267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>107.6990</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>24447.6730</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>24447.6730</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:49:34</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US4385161066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Honeywell International Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>158.1610</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>158.1610</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>158.1610</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:49:45</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9UKD6</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UMBRELLA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>399.090000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>13968.150000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>13146.8227800000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:49:50</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1243598427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Sandoz Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>57.3530</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7398.5370</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7398.5370</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:50:19</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000716YHJ7</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco FTSE All-World UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6.5960</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>329.8000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>329.8000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:50:43</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012829898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Emmi AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>803.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3212.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3023.1344000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:50:43</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BP3QZ825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares IV Edge MSCI World Momentum Factor UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>76.3950</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>993.1350</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>993.1350</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:50:48</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012032048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Roche Holding AG-Genusschein</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>321.6020</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>109344.6800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>109344.6800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:51:05</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B6R52259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares V MSCI ACWI UCITS ETF USD Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.6240</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>256.8720</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>256.8720</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:51:06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>NL0010273215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ASML Holding N.V.</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>826.8030</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>826.8030</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>826.8030</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:51:07</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0024638212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Schindler Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>281.0190</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1124.0760</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1124.0760</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:51:21</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>LU0950668870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS(L)FS - MSCI EMU UCITS ETF (EUR) Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>35.0110</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1142</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39982.5620</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39982.5620</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:52:38</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1115678950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Haute Capital Partners AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>159.0000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1590.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1590.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:53:15</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BKLF1R75</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>WisdomTree Battery Solutions UCITS ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>35.9100</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>71.8200</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>71.8200</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:53:18</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000I8KRLL9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares IV MSCI Global Semiconductors UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>8.4860</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>424.3000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>424.3000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:53:27</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012549785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Sonova Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>220.800000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1104.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1039.0848000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:53:50</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0025238863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Kuehne + Nagel International AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>172.9800</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2075.7600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2075.7600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:54:04</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012214059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Holcim AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>82.540000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>495.240000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>466.1198880000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:54:23</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0454664001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Bitcoin ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>25.066000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2506.600000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2359.2119200000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:54:55</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000716YHJ7</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco FTSE All-World UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6.5950</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>65.9500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>65.9500</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:55:33</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.420000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>427.100000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>401.9865200000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:55:54</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0183135976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Silver ETF AA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>149.8060</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>299.6120</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>299.6120</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:56:04</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0454664043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares XRP ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>43.796000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3941.640000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3709.8715680000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:56:08</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0024638212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Schindler Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>281.0570</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1405.2850</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1405.2850</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:56:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0024608827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Partners Group Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1046.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3138.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2953.4856000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:56:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1408319130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swisscanto CH ESGen SDG Index Equity Switzerland ETF Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10.2850</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>411.4000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>411.4000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:56:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0003671440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Rieter Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3.300000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6600.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6211.9200000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:57:01</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.420000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>939.620000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>884.3703440000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:57:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0003671440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Rieter Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3.285000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>6809</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>22367.565000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>21052.3521780000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:57:13</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0003671440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Rieter Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3.300000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6600.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6211.9200000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:57:18</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0003671440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Rieter Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3.300000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6600.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6211.9200000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:57:24</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9VPH4</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Pharma- und Healthtech-Werte</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>102.360000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5118.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4817.0616000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:57:27</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1315732250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers Galaxy Physical Bitcoin ETC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.1800</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>109.6200</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>109.6200</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:57:34</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.270000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>19635.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>18480.4620000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:57:35</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0003671440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Rieter Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3.300000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>809</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2669.700000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2512.7216400000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:57:45</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1292091845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Tracker Certificate on Stellar</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.7180</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>171.8000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>171.8000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:58:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012829898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Emmi AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>749.4830</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3747.4150</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3747.4150</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:58:20</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9U6X9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Innovation x Value</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>582.500000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>582.500000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>548.2490000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:58:37</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038389992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BB Biotech AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>47.950000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>95.900000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>90.2610800000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:58:37</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038389992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BB Biotech AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>47.950000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>191.800000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>180.5221600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:58:43</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1325425788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7.60% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>98.8400</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>80000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7907200.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7907200.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:58:45</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BGV5VN51</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers Artificial Intelligence &amp; Big Data UCITS ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>141.4450</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>848.6700</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>848.6700</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:59:00</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9VPA9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US Oil and Gas</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>98.690000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4934.500000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4644.3514000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:59:04</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0126881561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Re AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>139.900000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4197.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3950.2164000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:59:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B6R52259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares V MSCI ACWI UCITS ETF USD Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.6410</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>342.5640</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>342.5640</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09:59:38</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0131872431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS ETF - SPI (CHF) A-dis</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>83.6000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1003.2000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1003.2000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:00:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0130293662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BKW AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>168.4570</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>168.4570</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>168.4570</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:00:22</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BYTRR970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>SPDR MSCI World Financials UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>74.1980</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>222.5940</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>222.5940</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:00:32</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US70450Y1038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>PayPal Holdings Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>47.4610</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>142.3830</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>142.3830</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:01:02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0002178181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Stadler Rail AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>21.700000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1085.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1021.2020000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:01:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000Z9SJA06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers S&amp;P 500 UCITS ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10.4260</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>563.0040</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>563.0040</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:01:13</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000CYTPBT0</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco Bloomberg Commodity Carbon Tilted UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4.7680</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>286.0800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>286.0800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:01:17</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9AUL0</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>FuTecUS</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2000.400000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4000.800000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3765.5529600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:01:41</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US67421J2078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Oatly Group AB (Sp ADS)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>8.7070</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>52.2420</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>52.2420</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:01:49</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.270000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>170.540000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>160.5122480000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:01:51</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0001613295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Kursaal Bern AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>369.0000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3690.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3690.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:01:53</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000716YHJ7</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco FTSE All-World UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6.5960</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1319.2000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1319.2000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:02:00</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BKM4GZ66</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares Core MSCI Emerging Markets IMI UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>34.9520</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1048.5600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1048.5600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:02:08</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0013841017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Lonza Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>528.9790</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1586.9370</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1586.9370</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:02:32</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BM8QS095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco MSCI China Technology All Shares Stock Connect UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>25.8960</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>517.9200</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>517.9200</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:02:35</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0014852781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Life Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>975.600000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5853.600000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5509.4083200000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:02:38</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0198251305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Coca-Cola HBC AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>44.100000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>220.500000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>207.5346000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:02:53</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0014852781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Life Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>908.5460</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1817.0920</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1817.0920</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:03:15</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US64110L1061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Netflix Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>74.9060</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>74.9060</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>74.9060</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:03:16</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CA0585861085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Ballard Power Systems Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2.1230</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>212.3000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>212.3000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:03:17</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0454664043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares XRP ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>43.700000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3933.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3701.7396000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:03:27</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0014852781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Life Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>975.600000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3902.400000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3672.9388800000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:03:49</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0023868554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Implenia AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>72.9750</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>218.9250</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>218.9250</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:04:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000ZI3FFP9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swisscanto IE ESGen SDG Index Equity World UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11.3950</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1139.5000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1139.5000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:05:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0139101593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Gold ETF AA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1018.8620</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12226.3440</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12226.3440</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:05:33</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0018294154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>PSP Swiss Property AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>142.4600</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2136.9000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2136.9000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:05:37</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US38141G1040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Goldman Sachs Group</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>700.2810</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2100.8430</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2100.8430</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:06:05</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012032113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Roche Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>354.800000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>354.800000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>333.9377600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:06:09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012100191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Tecan Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>127.3170</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>891.2190</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>891.2190</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:07:20</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE0000902GT6</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>WisdomTree Megatrends UCITS ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>29.1300</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>436.9500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>436.9500</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:07:25</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1416135338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS(L)FS - Core SPI ETF CHF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3.5790</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>286.3200</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>286.3200</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:07:27</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0011484067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>St. Galler Kantonalbank AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>564.7110</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11294.2200</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11294.2200</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:07:35</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BJ0KDQ92</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers (IE) MSCI World UCITS ETF 1C Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>112.5440</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1125.4400</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1125.4400</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:08:08</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US64110L1061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Netflix Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>75.1830</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>902.1960</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>902.1960</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:08:09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B53SZB19</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares VII Nasdaq 100 UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1147.7140</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>17215.7100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>17215.7100</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:08:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012032113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Roche Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>354.800000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>34060.800000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>32058.0249600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:08:31</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B14X4T88</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares Asia Pacific Dividend UCITS ETF Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>22.0630</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>551.5750</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>551.5750</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:09:19</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B6R52036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares V Gold Producers UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>30.9770</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>309.7700</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>309.7700</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:09:46</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US0378331005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Apple Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>216.5420</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6496.2600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6496.2600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:10:06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.260000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2557.800000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2407.4013600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:10:30</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0360826991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Comet Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>233.600000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3971.200000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3737.6934400000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:10:31</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012142631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Clariant AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7.730000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4607.080000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4336.1836960000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:10:34</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000716YHJ7</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco FTSE All-World UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6.5910</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6591.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6591.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:10:38</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0183135976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Silver ETF AA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>149.5660</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>598.2640</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>598.2640</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:10:44</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1357065999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Meyer Burger Technology AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.0400</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.6000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.6000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:10:50</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US01609W1027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Alibaba Group Holding Ltd (Sp ADR)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>119.1170</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1429.4040</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1429.4040</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:10:50</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0016999846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares ETF (CH) Swiss Domestic Government Bond 3-7 ETF Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>74.8410</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>748.4100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>748.4100</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:11:19</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BYM11L64</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (hedged to CHF) Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>220.7270</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>220.7270</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>220.7270</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:11:43</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0183135976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Silver ETF AA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>149.5890</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>299.1780</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>299.1780</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:11:51</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US9344231041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Warner Bros. Discovery Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>21.9230</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>109.6150</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>109.6150</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:11:53</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000716YHJ7</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco FTSE All-World UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6.5950</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>59.3550</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>59.3550</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:11:55</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US8552441094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Starbucks Corp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>70.6390</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3531.9500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3531.9500</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:11:58</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0014852781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Life Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>907.7700</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>907.7700</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>907.7700</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:12:02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0011075394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Zurich Insurance Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>637.800000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1275.600000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1200.5947200000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:12:07</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0183135976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Silver ETF AA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>149.6180</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>748.0900</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>748.0900</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:12:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0418792922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Sika AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>163.1920</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>33291.1680</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>33291.1680</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:12:14</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US3825501014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Goodyear Tire &amp; Rubber Co</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7.1690</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>35.8450</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>35.8450</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:12:36</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US68389X1054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Oracle Corp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>150.9540</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>150.9540</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>150.9540</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:12:43</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0454664001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Bitcoin ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>25.004000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1250.200000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1176.6882400000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:13:12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GB00BP6MXD84</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Shell PLC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>28.0670</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>926.2110</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>926.2110</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:13:27</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0334081137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CRISPR Therapeutics AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>49.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1470.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1383.5640000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:13:40</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000A0DNAY5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>bet-at-home.com AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2.0420</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>865.8080</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>865.8080</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:13:42</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000NDWFGA5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Global X Uranium UCITS ETF USD Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>20.4580</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1636.6400</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1636.6400</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:13:45</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US5949724083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Strategy Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>130.6240</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>18287.3600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>18287.3600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:13:46</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000A0DNAY5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>bet-at-home.com AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2.0090</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>681.0510</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>681.0510</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:13:55</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE0031442068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares Core S&amp;P 500 UCITS ETF USD Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>53.8680</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>215.4720</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>215.4720</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:14:14</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BF4RFH31</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares III MSCI World Small Cap UCITS ETF USD Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7.2360</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1809.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1809.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:14:16</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US02079K3059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Alphabet Inc Class A</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>241.3390</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>965.3560</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>965.3560</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:14:56</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US3696043013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>General Electric Co</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>239.6510</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>239.6510</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>239.6510</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:15:16</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US91324P1021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UnitedHealth Group Inc (USD)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>260.8950</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>521.7900</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>521.7900</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:15:22</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000I8KRLL9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares IV MSCI Global Semiconductors UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>8.4840</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>848.4000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>848.4000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:15:28</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000716YHJ7</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco FTSE All-World UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6.5880</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>197.6400</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>197.6400</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:16:03</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1416135338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS(L)FS - Core SPI ETF CHF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3.5750</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>21.4500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>21.4500</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:16:07</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US8740391003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Taiwan Semiconductor Manufacturing Co Ltd (Sp ADR)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>227.0390</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>908.1560</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>908.1560</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:16:25</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0105994401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS ETF CH SXI Real Estate Funds (CHF) Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10.7380</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>21.4760</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>21.4760</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:16:27</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0025238863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Kuehne + Nagel International AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>185.050000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>185.050000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>174.1690600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:16:34</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1134540470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>40.800000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1224.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1152.0288000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:17:01</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>36.4910</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>98525.7000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>98525.7000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:17:07</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1169151003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Georg Fischer AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>53.6430</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>26821.5000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>26821.5000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:17:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0126881561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Re AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>139.650000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1396.500000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1314.3858000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:17:40</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0418792922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Sika AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>163.5990</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>49079.7000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>49079.7000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:18:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1335392721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Galderma Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>163.6400</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>981.8400</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>981.8400</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:19:00</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0126881561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Re AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>130.1590</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1041.2720</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1041.2720</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:19:02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US5949724083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Strategy Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>130.7100</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>130.7100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>130.7100</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:19:36</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>LU1829218749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Amundi Bloomberg Equal-Weight Commodity Ex-Agriculture UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>24.6490</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>492.9800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>492.9800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:20:07</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000YYE6WK5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>VanEck Defense UCITS ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>47.5470</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>237.7350</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>237.7350</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:20:28</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1357065999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Meyer Burger Technology AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.0400</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.4800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.4800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:20:30</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0017875789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Jungfraubahn Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>299.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7475.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7035.4700000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:20:50</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1169360919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Accelleron Industries AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>62.3130</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>186.9390</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>186.9390</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:20:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012032048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Roche Holding AG-Genusschein</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>345.300000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5179.500000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4874.9454000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:21:20</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0016440353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EMS-Chemie Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>551.6190</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7171.0470</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7171.0470</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:21:36</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BYZK4776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares IV Healthcare Innovation UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7.1020</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>106.5300</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>106.5300</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:21:44</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000A0DNAY5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>bet-at-home.com AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2.0150</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>854.3600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>854.3600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:22:16</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.210000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>392.100000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>369.0445200000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:22:38</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0237935637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares ETF (CH) Swiss Dividend Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>178.8640</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2682.9600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2682.9600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:22:47</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US38268T1034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GoPro Inc Class-A</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.2980</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>19.4700</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>19.4700</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:22:52</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0418792922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Sika AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>175.800000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>175.800000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>165.4629600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:23:05</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0002178181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Stadler Rail AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>20.2240</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>60.6720</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>60.6720</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:23:14</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1171799815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Tracker Certificate on Ripple</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>14.5300</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>87.1800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>87.1800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:23:35</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000ZI3FFP9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swisscanto IE ESGen SDG Index Equity World UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11.3790</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>91.0320</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>91.0320</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:24:00</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GB00B63H8491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Rolls-Royce Holdings PLC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.2400</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>36.7200</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>36.7200</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:24:01</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0418792922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Sika AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>163.7280</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1801.0080</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1801.0080</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:24:09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012142631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Clariant AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7.765000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7.765000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7.3084180000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:24:17</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US08862E1091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Beyond Meat Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.8430</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.6450</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.6450</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:24:42</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.240000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.240000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>80.2278880000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:25:00</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000716YHJ7</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco FTSE All-World UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6.5950</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6.5950</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6.5950</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:25:31</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE0008471009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares II Core EURO STOXX 50 UCITS ETF EUR Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>54.4900</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7083.7000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7083.7000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:26:22</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0042615283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DocMorris AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5.905000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>590.500000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>555.7786000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:26:24</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US67066G1040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>NVIDIA Corp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>140.3840</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>421.1520</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>421.1520</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:26:25</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BYM11L64</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (hedged to CHF) Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>220.9250</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>220.9250</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>220.9250</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:26:27</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0008702190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Cicor Technologies Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>130.500000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>18792.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>17687.0304000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:26:27</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE0005557508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Deutsche Telekom AG (EUR)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>25.4040</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2032.3200</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2032.3200</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:26:38</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0454664001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Bitcoin ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>24.988000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4747.720000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4468.5540640000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:26:43</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0334081137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CRISPR Therapeutics AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>47.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>141.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>132.7092000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:26:44</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0334081137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CRISPR Therapeutics AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>47.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>94.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>88.4728000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:26:52</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0130293662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BKW AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>180.700000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1807.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1700.7484000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:27:01</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1169360919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Accelleron Industries AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>62.3070</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>996.9120</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>996.9120</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:27:41</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1357065999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Meyer Burger Technology AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.043200</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.129600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.1219795200</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:27:41</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE0031442068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares Core S&amp;P 500 UCITS ETF USD Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>53.8550</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>107.7100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>107.7100</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:27:45</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000A0DNAY5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>bet-at-home.com AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2.0000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>848.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>848.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:27:45</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GB00BP6MXD84</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Shell PLC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>28.5100</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>28.5100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>28.5100</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:27:50</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0139101593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Gold ETF AA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1018.5000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1018.5000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1018.5000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:28:29</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0014852781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swiss Life Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>911.0620</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>27331.8600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>27331.8600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:28:54</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000V93BNU0</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco MSCI World ESG Climate Paris Aligned UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4.8220</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>144.6600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>144.6600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:28:56</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0334081137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CRISPR Therapeutics AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>49.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>49.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>46.1188000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:28:56</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0334081137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CRISPR Therapeutics AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>49.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2597.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2444.2964000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:29:02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1256740924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>SGS S.A.</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>90.3040</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1625.4720</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1625.4720</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:29:50</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0418792922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Sika AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>163.8590</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>491.5770</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>491.5770</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:30:06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012221716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>62.600000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>62.600000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>58.9191200000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:30:50</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.210000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1960.500000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1845.2226000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:31:19</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1134540470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>40.900000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>163.600000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>153.9803200000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:31:55</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US02079K3059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Alphabet Inc Class A</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>242.0000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1936.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1936.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:32:02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0013841017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Lonza Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>529.5490</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1588.6470</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1588.6470</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:32:02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0024638196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Schindler Holding AG -PS</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>296.3920</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>35863.4320</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>35863.4320</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:32:09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038863350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Nestlé SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>85.020000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2550.600000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2400.6247200000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:32:27</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9L5M5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BaumbergMomentum</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>282.240000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5080.320000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4781.5971840000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:32:29</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>KYG651631007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Joby Aviation Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11.1260</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>890.0800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>890.0800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:32:33</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0435377954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>SIG Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11.240000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3372.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3173.7264000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:33:02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B3WJKG14</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares V S&amp;P 500 Information Technology Sector UCITS ETF USD Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>32.7770</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>65.5540</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>65.5540</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:33:08</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0013841017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Lonza Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>529.3920</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>27528.3840</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>27528.3840</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:33:54</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B3XXRP09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Vanguard S&amp;P 500 UCITS ETF Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>102.5500</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>410.2000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>410.2000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:34:06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000Z9SJA06</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers S&amp;P 500 UCITS ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10.4380</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>73.0660</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>73.0660</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:34:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000A0DNAY5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>bet-at-home.com AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2.0010</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>848.4240</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>848.4240</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:34:20</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0001340204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Graubuendner Kantonalbank -PS</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1805.6320</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>25278.8480</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>25278.8480</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:34:25</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BJ0KDQ92</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers (IE) MSCI World UCITS ETF 1C Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>112.5380</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>337.6140</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>337.6140</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:34:36</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000JZYIUN0</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers (IE) MSCI Global SDG 7 Affordable and Clean Energy UCITS ETF 1C Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>20.1700</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1400</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>28238.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>28238.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:34:45</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GB0002634946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BAE Systems PLC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>18.4660</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>73.8640</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>73.8640</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:34:53</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9AVX3</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UMBRELLA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3994.950000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3994.950000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3760.0469400000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:35:02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9AVX3</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UMBRELLA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3995.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3995.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3760.0940000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:35:34</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.160000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.160000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>36.8573920000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:35:45</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US6541061031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>NIKE Inc (USD)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>47.1050</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>235.5250</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>235.5250</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:36:01</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1315732250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers Galaxy Physical Bitcoin ETC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.1750</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>681.8000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>681.8000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:36:17</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US38268T1034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GoPro Inc Class-A</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1.2980</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>129.8000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>129.8000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:36:35</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0102484968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Julius Baer Gruppe AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>66.700000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2001.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1883.3412000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:36:41</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0475552201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Bitcoin Cash ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>20.642000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4706.376000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4429.6410912000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:36:41</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0593331561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Polkadot ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.748700</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1864</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1395.576800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1313.5168841600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:36:41</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1102728750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Cardano ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5.704500</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>861.379500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>810.7303854000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:36:41</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1114873776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Solana Staking ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>70.125000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1612.875000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1518.0379500000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:36:41</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1146882316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21Shares Algorand ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.949600</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>831.849600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>782.9368435200</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:36:49</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0183135976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Silver ETF AA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>149.7430</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1347.6870</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1347.6870</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:36:50</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0008742519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Swisscom AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>567.0060</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>107731.1400</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>107731.1400</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:36:57</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9AVX3</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UMBRELLA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3976.690000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7953.380000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7485.7212560000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:37:00</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0435377954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>SIG Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>11.240000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>16860.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>15868.6320000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:37:08</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000YYE6WK5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>VanEck Defense UCITS ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>47.5450</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>237.7250</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>237.7250</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:37:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.120000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>78.240000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>73.6394880000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:37:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.130000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>6026.020000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>5671.6900240000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:37:31</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012221716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>62.600000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>939.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>883.7868000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:37:36</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1416135338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS(L)FS - Core SPI ETF CHF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3.5810</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3581.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>3581.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:38:05</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0183135976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Silver ETF AA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>149.8430</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>449.5290</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>449.5290</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:38:07</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0126673539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DKSH Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>57.2110</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2002.3850</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2002.3850</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:38:15</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0139101593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Gold ETF AA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1019.2650</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10192.6500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10192.6500</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:38:23</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0024638212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Schindler Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>280.5540</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2524.9860</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2524.9860</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:38:48</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0311864901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>VAT Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>409.300000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1227.900000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1155.6994800000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:38:56</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0024638212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Schindler Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>281.0100</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1967.0700</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1967.0700</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:39:09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0334081137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CRISPR Therapeutics AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>49.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>539.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>507.3068000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:39:30</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0017875789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Jungfraubahn Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>299.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2392.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2251.3504000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:40:01</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BYZK4552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares IV Automation &amp; Robotics UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.7630</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>127.6300</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>127.6300</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:40:09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0418792922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Sika AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>175.700000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>878.500000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>826.8442000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:40:13</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B14X4T88</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares Asia Pacific Dividend UCITS ETF Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>22.0160</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>22.0160</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>22.0160</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:40:15</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476716548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6.01% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Nvidia, Roche, Swiss Re</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>92.6600</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>5000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>463300.0000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>463300.0000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:40:36</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000A0DNAY5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>bet-at-home.com AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2.0010</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>848.4240</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>848.4240</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:40:45</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US79466L3024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Salesforce Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>205.3860</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>205.3860</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>205.3860</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:40:48</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B579F325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco Physical Gold ETC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>331.5560</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>331.5560</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>331.5560</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:41:11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0183135976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Silver ETF AA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>149.8810</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7494.0500</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7494.0500</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:42:05</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0131872431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS ETF - SPI (CHF) A-dis</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>83.6270</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>250.8810</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>250.8810</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:42:17</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1171799823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Tracker Certificate on Bitcoin</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>68.3100</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>273.2400</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>273.2400</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:42:36</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012221716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>62.600000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>62.600000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>58.9191200000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:42:36</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012221716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>62.600000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>187.800000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>176.7573600000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:42:39</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US5949181045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Microsoft Corp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>386.7320</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>773.4640</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>773.4640</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:42:43</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000I8KRLL9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares IV MSCI Global Semiconductors UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>8.4870</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>84.8700</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>84.8700</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:43:01</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012627250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>HBM Healthcare Investments AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>242.000000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>968.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>911.0816000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:43:22</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US6541061031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>NIKE Inc (USD)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>47.0590</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>141.1770</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>141.1770</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:43:26</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE0008RX29L5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Invesco Wind Energy UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4.7250</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>37.8000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>37.8000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:43:27</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1175448666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Straumann Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>94.5060</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>189.0120</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>189.0120</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:43:48</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038389992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BB Biotech AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>48.200000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>964.000000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>907.3168000000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:43:48</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00B3XXRP09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Vanguard S&amp;P 500 UCITS ETF Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>102.5280</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>102.5280</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>102.5280</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:43:49</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0038389992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BB Biotech AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>48.200000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>48.200000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>45.3658400000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:43:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0432492467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Alcon AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>63.3620</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>44353.4000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>44353.4000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:44:04</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9EQQ9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Szew Grundinvestment</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1196.270000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2392.540000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>2251.8586480000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:44:10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BJ0KDQ92</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers (IE) MSCI World UCITS ETF 1C Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>112.5200</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1462.7600</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1462.7600</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:44:16</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BYZK4776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares IV Healthcare Innovation UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>7.1000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>198.8000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>198.8000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:44:35</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BHZRQZ17</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Franklin FTSE India UCITS ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>35.4680</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>70.9360</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>70.9360</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:44:48</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BQT3WG13</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares IV MSCI China A UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4.4920</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>197.6480</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>197.6480</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:44:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US76155X1000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Revolution Medicines Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>60.8310</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10037.1150</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>10037.1150</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:45:01</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0244767585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.080000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>39.080000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>36.7820960000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:45:17</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000JZYIUN0</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers (IE) MSCI Global SDG 7 Affordable and Clean Energy UCITS ETF 1C Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>20.1780</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>201.7800</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>201.7800</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:45:24</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012005267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>107.7630</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>107.7630</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>107.7630</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:45:41</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US68389X1054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Oracle Corp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>151.5240</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>151.5240</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>151.5240</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:45:41</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BYM11L64</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (hedged to CHF) Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>220.8450</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>220.8450</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>220.8450</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:45:59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE00BJ5JP329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>iShares V MSCI World Consumer Staples Sector UCITS ETF USD Dist</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>4.6820</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>196.6440</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>196.6440</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:46:02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1173567111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Gurit Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>EUR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>12.180000</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1583.400000</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>0.9412</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1490.2960800000</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Off-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:46:29</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0012829898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Emmi AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>747.4940</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1494.9880</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1494.9880</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10:46:44</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH0023868554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Implenia AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CHF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>73.4080</x:v>
+      </x:c>
+      <x:c s="6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>146.8160</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c s="9" t="n">
+        <x:v>146.8160</x:v>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>On-Exchange</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
       <x:c s="0" t="inlineStr"/>
       <x:c s="0" t="inlineStr"/>
       <x:c s="0" t="inlineStr"/>
       <x:c s="0" t="inlineStr"/>
       <x:c s="0" t="inlineStr"/>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Total volume</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr"/>
       <x:c s="0" t="inlineStr"/>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Total Turnover in CHF</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
       <x:c s="0" t="inlineStr"/>
       <x:c s="0" t="inlineStr"/>
       <x:c s="0" t="inlineStr"/>
       <x:c s="0" t="inlineStr"/>
       <x:c s="0" t="inlineStr"/>
-      <x:c s="6" t="n"/>
+      <x:c s="6" t="n">
+        <x:v>1033515</x:v>
+      </x:c>
       <x:c s="0" t="inlineStr"/>
       <x:c s="0" t="inlineStr"/>
-      <x:c s="9" t="n"/>
-[...4 lines deleted...]
-          <x:t>Today's transactions until 00:33:03</x:t>
+      <x:c s="9" t="n">
+        <x:v>27169182.3506938000</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Today's transactions until 10:46:59</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>