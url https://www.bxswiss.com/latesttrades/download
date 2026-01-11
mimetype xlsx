--- v1 (2025-12-19)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c8fbb3228f241cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3537e3d1fbd42df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Trades" sheetId="1" r:id="Rb35a823e49324829"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Trades" sheetId="1" r:id="Rabfe300138674f11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb470c2121d2843c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb35a823e49324829" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6646ff85852478d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabfe300138674f11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="13" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="50" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="13" customWidth="1"/>
     <x:col min="7" max="7" width="13" customWidth="1"/>
     <x:col min="8" max="8" width="13" customWidth="1"/>
     <x:col min="9" max="9" width="15" customWidth="1"/>
     <x:col min="10" max="10" width="15" customWidth="1"/>
     <x:col min="11" max="11" width="15" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
@@ -168,41903 +168,69 @@
           <x:t>Volume</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Amount</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Currency rate</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Amount in CHF</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Transaction Type</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr"/>
+      <x:c s="0" t="inlineStr"/>
+      <x:c s="0" t="inlineStr"/>
+      <x:c s="0" t="inlineStr"/>
+      <x:c s="0" t="inlineStr"/>
+      <x:c s="0" t="inlineStr"/>
+      <x:c s="1" t="inlineStr">
+        <x:is>
+          <x:t>Total volume</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+      <x:c s="0" t="inlineStr"/>
+      <x:c s="1" t="inlineStr">
+        <x:is>
+          <x:t>Total Turnover in CHF</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr"/>
+      <x:c s="0" t="inlineStr"/>
+      <x:c s="0" t="inlineStr"/>
+      <x:c s="0" t="inlineStr"/>
+      <x:c s="0" t="inlineStr"/>
+      <x:c s="0" t="inlineStr"/>
+      <x:c s="6" t="n"/>
+      <x:c s="0" t="inlineStr"/>
+      <x:c s="0" t="inlineStr"/>
+      <x:c s="9" t="n"/>
+    </x:row>
+    <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19-12-2025</x:t>
-[...41868 lines deleted...]
-          <x:t>Today's transactions until 10:46:59</x:t>
+          <x:t>Today's transactions until 08:05:19</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>