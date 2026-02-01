--- v2 (2026-01-11)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3537e3d1fbd42df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re520bbc847534fcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Trades" sheetId="1" r:id="Rabfe300138674f11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Trades" sheetId="1" r:id="R2e223327f08547ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6646ff85852478d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabfe300138674f11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R428b6cfaa9694054" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e223327f08547ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="13" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="50" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="13" customWidth="1"/>
     <x:col min="7" max="7" width="13" customWidth="1"/>
     <x:col min="8" max="8" width="13" customWidth="1"/>
     <x:col min="9" max="9" width="15" customWidth="1"/>
     <x:col min="10" max="10" width="15" customWidth="1"/>
     <x:col min="11" max="11" width="15" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
@@ -205,32 +205,32 @@
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr"/>
       <x:c s="0" t="inlineStr"/>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Total Turnover in CHF</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
       <x:c s="0" t="inlineStr"/>
       <x:c s="0" t="inlineStr"/>
       <x:c s="0" t="inlineStr"/>
       <x:c s="0" t="inlineStr"/>
       <x:c s="0" t="inlineStr"/>
       <x:c s="6" t="n"/>
       <x:c s="0" t="inlineStr"/>
       <x:c s="0" t="inlineStr"/>
       <x:c s="9" t="n"/>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Today's transactions until 08:05:19</x:t>
+          <x:t>Today's transactions until 05:32:19</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>