--- v3 (2026-02-23)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabc034b982174324" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra211b1481dd4402b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Instruments" sheetId="1" r:id="R00a355da8d104bc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Instruments" sheetId="1" r:id="R5cc72f8b876148dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc822ae6ec922434d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00a355da8d104bc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52d1aff9a90349cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cc72f8b876148dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="75" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="20" customWidth="1"/>
     <x:col min="4" max="4" width="20" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Name</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Isin</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
@@ -215,45086 +215,29269 @@
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292100046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31-3-2015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10-2-2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Anywhere Real Estate Inc</x:t>
-[...4 lines deleted...]
-          <x:t>US75605Y1064</x:t>
+          <x:t>Comerica Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US2003401070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30-4-2018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Dynavax Technologies Corp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US2681582019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Equity</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30-4-2018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>TreeHouse Foods Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US89469A1043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Equity</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30-4-2018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Arise AB</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>SE0002095604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Equity</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21-5-2018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Ashtead Group PLC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GB0000536739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Equity</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21-5-2018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Noratis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000A2E4MK4</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Equity</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21-5-2018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CyberArk Software Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IL0011334468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Equity</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23-4-2020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Eventbrite Inc Class-A</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US29975E1091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Equity</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23-4-2020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Deutsche Bank AG 26</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000DL19US6</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Bond</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-1-2021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Belfius Bank 26</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BE6317283610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Bond</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-1-2021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Commerzbank 26</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000CZ40NS9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Bond</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-1-2021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Deutsche Bahn 26</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>XS1372911690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Bond</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-2-2021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Daimler 26</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000A2AAL31</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Bond</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-2-2021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Unlimited Factor Warrant 14.0 x Long on Gold Future</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000SD3G1E1</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-2-2021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Unlimited Factor Warrant 4.0 x Short on Silver Future</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000SF13KL5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6-7-2021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Unlimited Factor Warrant 6.0 x Long on Silver Future</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000SF13KG5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6-7-2021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Civitas Resources Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US17888H1032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Equity</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-11-2021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers MSCI Innovation UCITS ETF 1C Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE0006FFX5U1</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-10-2022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Xtrackers MSCI Fintech Innovation UCITS ETF 1C Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>IE000YDOORK7</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-10-2022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5.31% p.a. Reverse Convertible on Nestlé</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1248692100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6.09% p.a. Reverse Convertible on Novartis Sandoz Group Basket</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1248692118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5.87% p.a. Reverse Convertible on Roche</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1248692126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.20% p.a. Reverse Convertible on Richemont</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1248692134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7.15% p.a. Reverse Convertible on Lonza</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1248692142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6.87% p.a. Reverse Convertible on ABB</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1248692159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7.41% p.a. Reverse Convertible on UBS</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1248692167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.67% p.a. Reverse Convertible on CREDIT SUISSE UBS MERGER</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1248692175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6.98% p.a. Reverse Convertible on Zurich Insurance</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1248692183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.72% p.a. Reverse Convertible on Idorsia</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1248692191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.36% p.a. Reverse Convertible on Logitech</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1248692209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7.63% p.a. Reverse Convertible on Swatch</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1248692217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7.53% p.a. Reverse Convertible on Sika</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1248692225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.96% p.a. Reverse Convertible on DocMorris</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1248692233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.72% p.a. Reverse Convertible on ams-OSRAM</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1248692241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Anheuser Busch InBev SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1311828300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28-12-2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.00% p.a. Barrier Reverse Convertible on Bachem</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1261616895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-2-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.10% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1325425762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-3-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf The Swatch Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1345888007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23-4-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Shell PLC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1360193580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-7-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.00% p.a. Barrier Reverse Convertible on STMicroelectronics</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1318760456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6-8-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7.60% p.a. Barrier Reverse Convertible on Nike</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1318760464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6-8-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7.20% p.a. Barrier Reverse Convertible on Bachem</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1318760472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6-8-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.00% p.a. Barrier Reverse Convertible on Kering</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1318760787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13-8-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7.00% p.a. Barrier Reverse Convertible on Sika</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1318761082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-8-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.00% p.a. Barrier Reverse Convertible on AMD</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1369852277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.00% p.a. Barrier Reverse Convertible on Siemens Energy</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1369852319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6.20% p.a. Barrier Reverse Convertible on Richemont</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1369854588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6-9-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5.00% p.a. Barrier Reverse Convertible on Geberit</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1369854596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6-9-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.00% p.a. Barrier Reverse Convertible on Alstom</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1369854612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6-9-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.40% p.a. Barrier Reverse Convertible on Netflix</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1369854638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6-9-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6.40% p.a. Barrier Reverse Convertible on Straumann</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1369856716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10-9-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6.00% p.a. Barrier Reverse Convertible on Comet</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1369856724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10-9-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.40% p.a. Barrier Reverse Convertible on Nvidia</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1369856765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10-9-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.80% p.a. Barrier Reverse Convertible on Meta Platforms</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1369856781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10-9-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6.30% p.a. Multi Barrier Reverse Convertible on Kühne + Nagel, Lonza, Partners Group</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1369859835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-9-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf The Swatch Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1381543763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-10-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.00% p.a. Barrier Reverse Convertible on Estée Lauder Companies</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1390858418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-11-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.00% p.a. Barrier Reverse Convertible on VAT Group</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1390858426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-11-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.00% p.a. Barrier Reverse Convertible on Biontech</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1390863913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-11-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.00% p.a. Barrier Reverse Convertible on Porsche</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1390863954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18-11-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.20% p.a. Barrier Reverse Convertible on Glencore</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1390866619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21-11-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.60% p.a. Barrier Reverse Convertible on Strategy</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1390869506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-12-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.00% p.a. Barrier Reverse Convertible on Tesla</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1390869472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-12-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.40% p.a. Barrier Reverse Convertible on VAT Group</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1390869480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-12-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.00% p.a. Barrier Reverse Convertible on Julius Bär</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1390869498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-12-2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Dätwyler Holding AG </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1405809505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10-1-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1405810131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10-1-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.60% p.a. Barrier Reverse Convertible on ON Semiconductor</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1409713984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30-1-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7.40% p.a. Barrier Reverse Convertible on VAT Group</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1409713943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-2-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.00% p.a. Barrier Reverse Convertible on Tesla</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1409715765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6-2-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.20% p.a. Barrier Reverse Convertible on Affirm Holdings Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1409715799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6-2-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7.60% p.a. Barrier Reverse Convertible on Sulzer</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1409715732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10-2-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7.00% p.a. Barrier Reverse Convertible on RWE</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1409715807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10-2-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5.20% p.a. Barrier Reverse Convertible on Roche</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1409717753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13-2-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.00% p.a. Barrier Reverse Convertible on TUI</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1409717803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13-2-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.00% p.a. Barrier Reverse Convertible on Julius Bär</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1409717837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13-2-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Barrier Discount Certificate on Tecan</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1409720971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.00% p.a. Barrier Reverse Convertible on Albemarle</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1409720062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5.00% p.a. Barrier Reverse Convertible on EURO STOXX® Banks Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1409720013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24-2-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6.60% p.a. Barrier Reverse Convertible on Accelleron Industries</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1409720047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24-2-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6.40% p.a. Barrier Reverse Convertible on Glencore</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1409722399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-2-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6.60% p.a. Barrier Reverse Convertible on Julius Bär</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1409722407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-2-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.00% p.a. Barrier Reverse Convertible on VAT Group</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1409722423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-2-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.00% p.a. Barrier Reverse Convertible on STMicroelectronics</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1409722498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-2-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.40% p.a. Barrier Reverse Convertible on On Holding</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1409722472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.60% p.a. Barrier Reverse Convertible on Deutsche Bank</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1409725129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-3-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Siemens AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1430259155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-3-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Henkel AG &amp; Co KGaA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1430260690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28-3-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf BASF SE</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1430260815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28-3-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swiss Prime Site AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1430263330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-4-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swiss Prime Site AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1430263348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-4-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swisscom AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1430263546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-4-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swisscom AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1430263553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-4-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf EMS-Chemie Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1430263843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-4-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf EMS-Chemie Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1430263868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-4-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Dätwyler Holding AG </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1430263918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-4-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Dätwyler Holding AG </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1430263926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-4-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Dätwyler Holding AG </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1430263934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-4-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1430264106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-4-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Cadence Bank</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US12740C1036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Equity</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24-4-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Dayforce Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US15677J1088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Equity</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24-4-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.00% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1438094885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-5-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.40% p.a. Barrier Reverse Convertible on VAT Group</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1292090334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-5-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.20% p.a. Barrier Reverse Convertible on Infineon</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1438094422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-5-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.20% p.a. Barrier Reverse Convertible on Freeport-McMoRan</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1438094430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-5-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.20% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1438098134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-5-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.00% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1292090623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-5-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.60% p.a. Barrier Reverse Convertible on UniCredit</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1292090656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-5-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.00% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1438098126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-5-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.40% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1438101557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30-5-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.20% p.a. Barrier Reverse Convertible on OC Oerlikon</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1292091068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-6-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.20% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1292092371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-6-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.40% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1438103090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-6-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.00% p.a. Barrier Reverse Convertible on Comet</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1292091407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10-6-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Geberit AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1455138417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-6-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Logitech International SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1455140645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30-6-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Zurich Insurance Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1455140306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30-6-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Zurich Insurance Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1455140322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30-6-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Amazon.com Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1455141155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf AXA SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1455141411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Dr Ing hc F Porsche AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1455141999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Sanofi</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1455141981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swisscom AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1463731658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swisscom AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1463731682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swisscom AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1463731708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Givaudan SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1463731989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Givaudan SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1463732011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Galderma Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1463732078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Galderma Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1463732086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Galderma Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1463732110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Galderma Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1463732128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Galderma Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1463732136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf EMS-Chemie Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1463732235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf EMS-Chemie Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1463732250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf DKSH Holding Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1463732284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Dätwyler Holding AG </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1463732300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Dätwyler Holding AG </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1463732318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Dätwyler Holding AG </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1463732326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Dätwyler Holding AG </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1463732334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1463732680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1463732698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1463732706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1463732714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swiss Prime Site AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1463733050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Sonova Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1463733076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-7-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.40% p.a. Barrier Reverse Convertible on Deutsche Bank</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1292094021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on AMD</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1461764529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.00% p.a. Barrier Reverse Convertible on Nvidia</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1467579160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Microsoft</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1461764230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Microsoft</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1461764248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Palantir Technologies</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1461764479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Meta Platforms</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1461764198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Robinhood Markets</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1461769221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on General Electric</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1461768058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Adobe</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1461768934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Robinhood Markets</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1461769213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Nike</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1461769494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on JD.com ADR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1461769353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on BNP Paribas</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1461772043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Lufthansa</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1461772282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on SAP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1461772712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1461774056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1461774064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1461774072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1461774080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Flow Traders</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1461772928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Biontech</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1461776937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Alcon</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1461777786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Apple</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1461776655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Adecco</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1461777588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Adecco</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1461777570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Banque Cantonale Vaudoise</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476780320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swatch</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476781971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swatch</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476781989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swatch</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476781997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swatch</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476782003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swatch</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476782011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Sulzer</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476781567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Sunrise Communications</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476781625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Straumann</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476781534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Schindler</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476781203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Kühne + Nagel</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476785345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.60% p.a. Barrier Reverse Convertible on UniCredit</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1292094278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.00% p.a. Barrier Reverse Convertible on Julius Bär</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1292094286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Julius Bär</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476783894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Barry Callebaut</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476784116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Givaudan</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476785204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Logitech</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476785832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Geberit</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476784652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Givaudan</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476785196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Logitech</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476785824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on S&amp;P 500®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476788661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on S&amp;P 500®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476788679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on DAX® Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476787119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on DAX® Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476787127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on DAX® Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476788331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on DAX® Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476788349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Swiss Life</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476792176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Swissquote</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476791756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Swissquote</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476791749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on ABB</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476793570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on ABB</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476793646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Alibaba ADR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476794743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on ABB</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476793588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on ABB</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476793596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on ABB</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476793653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on ABB</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476793661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Adobe</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476793950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Avolta</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476794628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Julius Bär</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476794800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Barry Callebaut</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476795005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.80% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1467586637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on ABB</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476793604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on ABB</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476793679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Avolta</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476794644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Banque Cantonale Vaudoise</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476795146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on ABB</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476793612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Adecco</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476794040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on ams-OSRAM</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476794263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on BNP Paribas</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476795914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Coinbase</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476796409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on DAX® Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476797456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Holcim</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476799791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Galenica</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476798926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Kühne + Nagel</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476800375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.00% p.a. Barrier Reverse Convertible on Comet</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1292094559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on General Electric</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476798975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Givaudan</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476799270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Lufthansa</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476800771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Lonza</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476801696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Microsoft</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476802074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Novartis</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476802595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Novartis</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476802603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Netflix</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476802447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Novartis</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476802538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Novartis</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476802546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Novartis</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476802611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Nestlé</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476802264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Nestlé</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476802272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Lonza</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476801688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Novo Nordisk</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476802819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swisscom</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476804898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swisscom</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476804955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Sandoz</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476805150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Palantir Technologies</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476804070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Roche</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476804633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swisscom</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476804906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swisscom</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476804963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Partners Group</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476803957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swisscom</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476804914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swisscom</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476804922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swisscom</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476804971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swisscom</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476804989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Sandoz</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476805168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Partners Group</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476803908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Partners Group</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476803940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Palantir Technologies</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476804096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on SAP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476804716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swisscom</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476804930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Partners Group</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476803882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Partners Group</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476803890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Partners Group</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476803932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Taiwan Semiconductor Manufacturing ADR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476807487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Vontobel</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476807859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Zurich Insurance</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476808378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Zurich Insurance</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476808436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swatch</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476807701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swatch</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476807719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swatch</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476807727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swatch</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476807735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6.60% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1447737888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1467589821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Super Micro Computer</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476806463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Swissquote</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476806745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Straumann</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476806984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Swissquote</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476806703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swatch</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476807743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Swiss Life</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476806380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Zurich Insurance</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476808360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on S&amp;P 500®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476817692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476809129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Conditional Coupon Reverse Convertible</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1467592536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Novartis</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476818633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Swiss Re</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479347820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Novartis</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476818666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Novartis</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476818690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Nestlé</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476818922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Roche</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476819649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Roche</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476819698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on ABB</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479347895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on ABB</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479347911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.40% p.a. Barrier Reverse Convertible on Siemens Energy</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1447737862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Novartis</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476818708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Nestlé</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476818906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Roche</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476819672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Roche</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476819706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on ABB</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479347929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Nestlé</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476818930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Nestlé</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476818989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Nestlé</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476819011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Roche</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476819714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Adecco</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479348190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Zurich Insurance</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476811653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Holcim</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476812644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Holcim</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476812727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swisscom</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476814202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Taiwan Semiconductor Manufacturing ADR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479352432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Basilea Pharmaceutica</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479352564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Starbucks</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476811679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swisscom</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476814210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swatch</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476814442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swatch</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476814467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swatch</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476814475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Givaudan</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476814954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on OC Oerlikon</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479349800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on OC Oerlikon</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479349818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479351392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Basilea Pharmaceutica</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479352572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Basilea Pharmaceutica</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479352598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Vontobel</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479352663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Barry Callebaut</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479352721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Microsoft</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476810762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Bayer</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476811364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swisscom</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476814236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swisscom</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476814244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Geberit</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476814988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Logitech</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476815431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Barry Callebaut</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479352739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Novo Nordisk</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476813147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Novo Nordisk</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476813170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Novo Nordisk</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476813188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Nvidia</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476813626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swatch</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476814491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Barry Callebaut</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479352747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Barry Callebaut</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479352770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on General Electric</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476810655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Novo Nordisk</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476813196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Novo Nordisk</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479353430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Sulzer</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479353612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Forbo Holding</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479353760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Forbo Holding</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479353786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Forbo Holding</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479353794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Siegfried</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479357456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Siegfried</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479357464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Siegfried</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479357472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Bachem</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479357993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Comet</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479358470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Daetwyler</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479358512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Sandoz</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479360112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Sandoz</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479360195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Amrize</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479359585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Amrize</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479359643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Swatch</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479353547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Lindt &amp; Sprüngli</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479354743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Swissquote</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479357811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Galenica</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479358157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Comet</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479358488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Amrize</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479359593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Amrize</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479359650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Sandoz</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479360146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Sandoz</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479360229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Sandoz</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479360260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Partners Group</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479354446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Lindt &amp; Sprüngli</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479354719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Banque Cantonale Vaudoise</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479356524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on BELIMO Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479359205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Amrize</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479359684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Amrize</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479359759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Alcon</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479358835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on BELIMO Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479359163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on BELIMO Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479359213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-8-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.00% p.a. Barrier Reverse Convertible on Société Générale</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1447738092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6.30% p.a. Multi Reverse Convertible on Amgen, Bristol-Myers Squibb, Pfizer</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1422255112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.60% p.a. Barrier Reverse Convertible on Intel</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1447740098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.00% p.a. Barrier Reverse Convertible on Comet</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1447740122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.20% p.a. Barrier Reverse Convertible on Moderna</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1447740213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6.80% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1447740239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.80% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1476718213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on RENK Group</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479379351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Hensoldt</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479379690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Comet</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479377124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on EMS-Chemie</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479377256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on SIG Combibloc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479377587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Taiwan Semiconductor Manufacturing ADR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479378064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Clariant</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479376951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Clariant</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479376969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on HUBER+SUHNER</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479377330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on HUBER+SUHNER</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479377348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Spotify</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479377934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Spotify</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479377942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Spotify</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479377991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Strategy</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479378031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on HUBER+SUHNER</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479377363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on SoftwareONE</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479377694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Taiwan Semiconductor Manufacturing ADR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479378106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on EMS-Chemie</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479377264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Taiwan Semiconductor Manufacturing ADR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479378072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Schindler</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479386109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on OC Oerlikon</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479386406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Also Holding</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479386299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Also Holding</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479386307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Also Holding</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479386315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Alibaba ADR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479386067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on OC Oerlikon</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479386414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Alibaba ADR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479386075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf BNP Paribas</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479849486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf UniCredit SpA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479849619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Deutsche Telekom AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479849759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Deutsche Bank AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1479849783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Henkel AG &amp; Co KGaA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1489402573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Bayerische Motoren Werke AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1489402623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29-9-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Barrick Mining</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1492276675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-10-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Accelleron Industries</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1492278614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-10-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on LVMH</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1492276824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-10-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Strategy</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1492278366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-10-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Coinbase</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1492278424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-10-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Robinhood Markets</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1492278481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-10-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Robinhood Markets</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1492278499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-10-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Accelleron Industries</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1492278622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-10-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Strategy</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1492278374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-10-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on ThyssenKrupp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1492279588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-10-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.40% p.a. Multi Barrier Reverse Convertible on Richemont, Nestlé, UBS, Zurich Insurance</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1491773425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-10-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Micron Technology</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1492288076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31-10-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Micron Technology</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1492288084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31-10-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Coinbase</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1492288498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31-10-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Robinhood Markets</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1492288597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31-10-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Porsche</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1492288621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31-10-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on IBM</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1492287854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31-10-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Broadcom</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1492288340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31-10-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Robinhood Markets</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1492288605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31-10-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on IBM</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1492287862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31-10-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on IBM</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1492287870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31-10-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Siemens</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1492287912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31-10-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Broadcom</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1492288316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31-10-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on ASML</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504384129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on ASML</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504384145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on ASML</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504384152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on ASML</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504384160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on ASML</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504384178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Biontech</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504384731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Biontech</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504384749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Comet</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504385035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Comet</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504385043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on ThyssenKrupp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504386603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on ThyssenKrupp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504386611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Accelleron Industries</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504383899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Coinbase</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504384871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Coinbase</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504384889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Strategy</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504385423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Sunrise Communications</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504386389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Sunrise Communications</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504386397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Sunrise Communications</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504386405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Sunrise Communications</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504386413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Accelleron Industries</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504383931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Bachem</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504384616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Burckhardt Compression</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504384673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Burckhardt Compression</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504384681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Burckhardt Compression</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504384699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Burckhardt Compression</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504384707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Comet</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504385084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Comet</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504385142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Sonova</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504385878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Sonova</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504385951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Sonova</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504386017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Stadler Rail</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504386140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Stadler Rail</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504386207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Stadler Rail</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504386298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Stadler Rail</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504386355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Sunrise Communications</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504386439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Sunrise Communications</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504386447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Sunrise Communications</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504386454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Sunrise Communications</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504386470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Sunrise Communications</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504386579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Coinbase</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504384848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Strategy</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504385399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on ASML</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504388377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on ASML</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504388385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on ASML</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504388393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Bachem</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504388823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on BB Biotech</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504389110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Biontech</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504389235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Comet</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504389490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Moderna</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504390209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Micron Technology</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504390290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Micron Technology</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504390308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Siegfried</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504390696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on DKSH</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504389615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Sunrise Communications</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504391033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on ThyssenKrupp</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504391173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Accelleron Industries</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504388138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Also Holding</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504388286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Bachem</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504388856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Burckhardt Compression</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504388989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on HUBER+SUHNER</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504389938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Netflix</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504390373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Sunrise Communications</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504391041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Taiwan Semiconductor Manufacturing ADR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504391215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on OC Oerlikon</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504390480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Banque Cantonale Vaudoise</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504389052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504391561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27-11-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Also Holding</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504395117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Also Holding</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504395125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Cosmo Pharmaceuticals</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504399119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ZKB Warrant Call auf Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1507466733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504418414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504418554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504415535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504415576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504419255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on DAX® Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504413324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on DAX® Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504413373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on DAX® Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504413423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on DAX® Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504413472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on DAX® Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504413522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on DAX® Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504413571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on DAX® Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504413621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on DAX® Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504413670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on DAX® Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504413720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on DAX® Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504413779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on DAX® Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504413829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on DAX® Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504414942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on DAX® Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504414991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on DAX® Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504415055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on DAX® Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504415105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on DAX® Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504415162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on DAX® Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504415212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on DAX® Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504415279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on DAX® Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504415329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504415626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504415667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504415717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504415758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504415790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504416145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504416186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504416228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504416269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504416301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504416343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504416384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504416483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on S&amp;P 500®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504416905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on S&amp;P 500®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504416962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on S&amp;P 500®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504417028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on S&amp;P 500®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504417085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on S&amp;P 500®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504417143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on S&amp;P 500®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504417200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on S&amp;P 500®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504417937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on S&amp;P 500®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504417994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on S&amp;P 500®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504418059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on S&amp;P 500®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504418117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on S&amp;P 500®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504418174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on S&amp;P 500®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504418232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on S&amp;P 500®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504418315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504418596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504418646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504418687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504418737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504418778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504418828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504419057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504419099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504419131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504419172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504419214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on S&amp;P 500®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504418372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1504416582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-12-2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf DocMorris AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1510368900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Alcon Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1510369338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Amrize Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1510369452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Roche Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520605879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Swisscom AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520606232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Givaudan SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520606117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520606364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520606372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Amrize Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520605887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Julius Baer Gruppe AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520604567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520604740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Partners Group Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520604757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Swiss Market Index (SMI®)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520605994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Clariant AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520606307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf UBS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520604765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Swisscom AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520606240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Clariant AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520606299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Amrize Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520606430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Kühne + Nagel International AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520606109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Sonova Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520606190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Avolta AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520604583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Swiss Market Index (SMI®)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520605986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Cembra Money Bank AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520604450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Partners Group Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520604856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Adecco Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520606331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Swiss Re AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520604922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf DocMorris AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520605655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Straumann Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520606042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Julius Baer Gruppe AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520604609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Avolta AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520604633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Swiss Market Index (SMI®)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520606018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Straumann Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520606034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Georg Fischer AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520606455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf ASML Holding NV</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520609368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>13-1-2026</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>US96758W1018</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf ASML Holding NV</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520609376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Caterpillar Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520609707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Société Générale SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520609657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520608477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Caterpillar Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520609723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf BNP Paribas</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520609343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Adidas AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520609400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf DAX®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520609475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf The Goldman Sachs Group Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520609608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Commerzbank AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520609681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Euro Stoxx 50® Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520609434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Siemens AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1520609558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Barry Callebaut AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521665419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Roche Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521664834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521664842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Barry Callebaut AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521665401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Roche Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521664826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Georg Fischer AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521664859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.30% p.a. Barrier Reverse Convertible on Newmont</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1505583299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.00% p.a. Barrier Reverse Convertible on Wheaton Precious Metals</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1505583307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.00% p.a. Barrier Reverse Convertible on Logitech</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1505583315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.00% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1505583323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.00% p.a. Barrier Reverse Convertible on Pan American Silver</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1505583331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.00% p.a. Barrier Reverse Convertible on VAT Group</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1505583349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.50% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1505583356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.60% p.a. Barrier Reverse Convertible on Hensoldt</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1505583364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.00% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1505583372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.00% p.a. Barrier Reverse Convertible on Netflix</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1505583380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.20% p.a. Barrier Reverse Convertible on Silver</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1505583414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>SL Raketen worldwide</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9VS57</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AMC / Wikifolio</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CSG N.V.</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>NL0015073TS8</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30-4-2018</x:t>
-[...16 lines deleted...]
-          <x:t>US4016171054</x:t>
+          <x:t>29-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Bitgo Holdings Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US0919471013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30-4-2018</x:t>
-[...16 lines deleted...]
-          <x:t>US89785L1070</x:t>
+          <x:t>29-1-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5.20% p.a. Barrier Reverse Convertible on Roche</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1505583281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf SGS SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf SGS SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf SGS SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf SGS SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf SGS SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf SGS SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf SGS SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf SGS SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf SGS SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swisscom AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swisscom AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swisscom AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swisscom AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swisscom AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swisscom AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swisscom AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swisscom AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swisscom AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swisscom AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf PSP Swiss Property AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf PSP Swiss Property AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf PSP Swiss Property AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf PSP Swiss Property AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf PSP Swiss Property AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf PSP Swiss Property AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf PSP Swiss Property AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Lonza Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Lonza Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Lonza Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Lonza Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Landis+Gyr AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Landis+Gyr AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Landis+Gyr AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Landis+Gyr AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Kühne + Nagel International AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Kühne + Nagel International AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Kühne + Nagel International AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Kühne + Nagel International AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Givaudan SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Givaudan SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Givaudan SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Givaudan SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Givaudan SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Givaudan SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Givaudan SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Givaudan SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Givaudan SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Galderma Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Galderma Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Galderma Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Galderma Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Galderma Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Galderma Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Galderma Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Galderma Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Galderma Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Flughafen Zuerich AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Flughafen Zuerich AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Flughafen Zuerich AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521670997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Flughafen Zuerich AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Flughafen Zuerich AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Flughafen Zuerich AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Flughafen Zuerich AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Flughafen Zuerich AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Flughafen Zuerich AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf EMS-Chemie Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf EMS-Chemie Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf EMS-Chemie Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf EMS-Chemie Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf EMS-Chemie Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf EMS-Chemie Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf EMS-Chemie Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf EMS-Chemie Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf EMS-Chemie Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf EMS-Chemie Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf DKSH Holding Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf DKSH Holding Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf DKSH Holding Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf DKSH Holding Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf DKSH Holding Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf DKSH Holding Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf DKSH Holding Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf DKSH Holding Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf DKSH Holding Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf DKSH Holding Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf DKSH Holding Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf DKSH Holding Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Dätwyler Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Dätwyler Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Dätwyler Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Dätwyler Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Dätwyler Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Dätwyler Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Dätwyler Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Dätwyler Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Dätwyler Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Dätwyler Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf BKW AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf BKW AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf BKW AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf BKW AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf BKW AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf BKW AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf BKW AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Belimo Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Belimo Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Belimo Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Belimo Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Belimo Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Bachem Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Bachem Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Bachem Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Bachem Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Bachem Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Bachem Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Bachem Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Bachem Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Bachem Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Bachem Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Bachem Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Adecco Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Adecco Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Adecco Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Adecco Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Adecco Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Adecco Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Adecco Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf ABB AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swiss Market Index (SMI®)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swiss Market Index (SMI®)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swiss Market Index (SMI®)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swiss Market Index (SMI®)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swiss Market Index (SMI®)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swiss Market Index (SMI®)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521671854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Sunrise Communications AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Sunrise Communications AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Sunrise Communications AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Sunrise Communications AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Sunrise Communications AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Sunrise Communications AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Sunrise Communications AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Straumann Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Straumann Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Straumann Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Straumann Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Straumann Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Straumann Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Straumann Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Straumann Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Straumann Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Straumann Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Stadler Rail AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Stadler Rail AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Stadler Rail AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Stadler Rail AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Stadler Rail AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swiss Prime Site AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swiss Prime Site AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swiss Prime Site AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swiss Prime Site AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swiss Prime Site AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1521674320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swiss Prime Site AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526344630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swiss Prime Site AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526344648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swiss Prime Site AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526344655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swiss Prime Site AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526344663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swiss Prime Site AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526344671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Swiss Prime Site AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526344689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Sonova Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526344697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Sonova Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526344705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Sonova Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526344713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Sonova Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526344721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Sonova Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526344739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Sonova Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526344747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Reckitt Benckiser Group PLC</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GB00BSZBP530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30-4-2018</x:t>
-[...16 lines deleted...]
-          <x:t>US2003401070</x:t>
+          <x:t>2-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Barrier Discount Certificate on Oracle</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484580563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.00% p.a. Barrier Reverse Convertible on Silver</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484580399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.00% p.a. Barrier Reverse Convertible on Freeport-McMoRan</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484580407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.20% p.a. Barrier Reverse Convertible on Pan American Silver</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484580415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.20% p.a. Barrier Reverse Convertible on Newmont</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484580423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.60% p.a. Barrier Reverse Convertible on Anglogold Ashanti ADR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484580431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.40% p.a. Barrier Reverse Convertible on Kinross Gold</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484580449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.40% p.a. Barrier Reverse Convertible on Silver</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484580456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.40% p.a. Barrier Reverse Convertible on Wheaton Precious Metals</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484580472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.00% p.a. Barrier Reverse Convertible on Anglo American</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484580480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.00% p.a. Barrier Reverse Convertible on Adecco</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1505587209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.40% p.a. Barrier Reverse Convertible on Barry Callebaut</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1505587217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.00% p.a. Barrier Reverse Convertible on Deutsche Bank</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1505587225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.00% p.a. Barrier Reverse Convertible on RENK Group</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1505587233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.00% p.a. Barrier Reverse Convertible on Barrick Mining</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1505587241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.40% p.a. Barrier Reverse Convertible on Platinum</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1505587274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.60% p.a. Reverse Convertible on USA Rare Earth</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1505587282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.00% p.a. Reverse Convertible on USA Rare Earth</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1505587290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.20% p.a. Barrier Reverse Convertible on Richemont</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1505587308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.07% p.a. Multi Barrier Reverse Convertible</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484581595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.82% p.a. JB Callable Multi Barrier Reverse Convertible (57.5%) auf Lonza Group AG, Novartis AG, Roche Holding AG, Logitech International SA</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1498421150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6.60% p.a. Barrier Reverse Convertible on Sika</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1505587183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6.40% p.a. Barrier Reverse Convertible on Allianz</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1505587373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Nestlé AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526348573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Alcon Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526348656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526348581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Sandoz Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526348615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Amrize Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526348649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Roche Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526348607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Sandoz Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526348557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526348599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Barry Callebaut AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526348631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf DocMorris AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526348565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Barry Callebaut AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526348623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Sika AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526348532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Sika AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526348540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.20% p.a. Barrier Reverse Convertible on VAT Group</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484582395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.00% p.a. Barrier Reverse Convertible on Newmont</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484582403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.40% p.a. Barrier Reverse Convertible on Wheaton Precious Metals</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484582437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.20% p.a. Barrier Reverse Convertible on Julius Bär</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484582445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.00% p.a. Barrier Reverse Convertible on Citigroup</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484582452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.00% p.a. Barrier Reverse Convertible on Palantir Technologies</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484582460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.00% p.a. Barrier Reverse Convertible on Société Générale</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484582478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.20% p.a. Barrier Reverse Convertible on Caterpillar</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484582486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.40% p.a. Barrier Reverse Convertible on Silver</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484582429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5.40% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484582379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5.00% p.a. Barrier Reverse Convertible on Kühne + Nagel</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484582387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.60% p.a. Multi Barrier Reverse Convertible</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484585992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526351478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Amrize Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526351502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf SFS Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526351890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Sandoz Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526351908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Sandoz Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526351916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Sandoz Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526351924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Sandoz Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526351932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Sandoz Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526351940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf OC Oerlikon Corp. AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526351957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf OC Oerlikon Corp. AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526351965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526351973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526351981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526351999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526352005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526352013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Nestlé AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526352021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Geberit AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526352039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Geberit AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526352047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Emmi AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526352054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Emmi AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526352062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Emmi AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526352070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Alcon Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526352088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Alcon Inc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526352096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Call Warrants auf Autoneum Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526352104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Amrize Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526351486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Amrize Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526351494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Sandoz Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526351460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.31% p.a. Multi Barrier Reverse Convertible</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484584466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Inyova Impact Investing Active Equity Fund UCITS ETF Acc</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>LU3075459852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ETF</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.60% p.a. Barrier Reverse Convertible on Adecco</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484586784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.00% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484586800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.00% p.a. Barrier Reverse Convertible on Partners Group</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484586818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.00% p.a. Barrier Reverse Convertible on Leonardo</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484586826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.00% p.a. Barrier Reverse Convertible on Pan American Silver</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484586842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.00% p.a. Barrier Reverse Convertible on Barrick Mining</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484586909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.00% p.a. Barrier Reverse Convertible on On Holding</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484586933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.00% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484586941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.00% p.a. Barrier Reverse Convertible on Coinbase</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484586958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.00% p.a. Barrier Reverse Convertible on Oracle</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484586966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.00% p.a. Barrier Reverse Convertible on Oracle</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484586974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Novartis AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526353367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Roche Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526353375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Sandoz Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1526353383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.40% p.a. Barrier Reverse Convertible on Silver</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484586792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Silver</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FA90</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Richemont</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FBE7</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on S92G.DE</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FCJ4</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Baidu</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FG29</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on AVGO.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FHD6</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on META.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FHY2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Netflix</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJC4</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Silver</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FBA5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Silver</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FBB3</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Silver</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FBC1</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Intel</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FC64</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on UniCredit</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FCK2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Zalando</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FCL0</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Oracle</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FDB9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Alphabet</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FGG1</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Amazon</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FGM9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Cisco</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FHF1</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Nvidia</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJM3</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28-2-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Dow Jones Industrial</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FA09</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Lonza</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FBH0</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on UBS Group</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FBR9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Coinbase Global</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FCX5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Coinbase Global</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FCY3</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Oracle</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FDA1</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on MSTR.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FDD5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Tesla</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FDF0</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Tesla</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FDG8</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on B.N</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FG52</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Apple</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FGW8</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on S&amp;P 500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FA33</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on BIRK.N</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FG94</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on D.N</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FC15</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Alibaba</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FGC0</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Coinbase Global</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FHL9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Netflix</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJD2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Netflix</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJE0</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Baidu</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FG11</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Microsoft</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FH36</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Netflix</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJF7</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Nasdaq-100 Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FA17</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on S&amp;P 500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FA41</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Silver</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FA58</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Euro Stoxx 50</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FB08</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Euro Stoxx 50</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FB16</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Euro Stoxx 50</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FB40</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Euro Stoxx 50</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FB57</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Euro Stoxx 50</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FB65</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Clariant</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FBF4</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Geberit</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FBG2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Novartis</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FBJ6</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Novartis</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FBK4</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Roche Holding</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FBL2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Schindler</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FBM0</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Stadler Rail</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FBN8</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on SQN.S</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FBQ1</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on DAX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FBT5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Euro Stoxx 50</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FBZ2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on DELL.N</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FC07</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Intel</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FC31</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Intel</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FC49</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Intel</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FC56</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Nvidia</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FC98</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Deutsche Börse</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FCA3</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Deutsche Telekom</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FCB1</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on E.ON</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FCC9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on HeidelbergCement</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FCD7</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on L'Oreal</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FCE5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Siemens</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FCH8</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on AMAT.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FCM8</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on AMAT.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FCN6</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on AMAT.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FCP1</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on AVGO.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FCQ9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Caterpillar</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FCR7</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Caterpillar</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FCS5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on CRCL.N</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FCT3</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on CRCL.N</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FCU1</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Coinbase Global</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FCV9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Coinbase Global</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FCW7</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on CMCSA.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FCZ0</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on MSTR.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FDC7</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on Tesla</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FDE3</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Baidu</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FG37</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Baidu</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FG45</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on B.N</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FG60</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on B.N</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FG78</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on BIRK.N</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FG86</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on ADBE.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FGA4</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on ADBE.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FGB2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Alibaba</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FGD8</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Alibaba</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FGE6</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Alibaba</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FGF3</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Alphabet</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FGH9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Alphabet</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FGJ5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Alphabet</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FGK3</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Amazon</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FGN7</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Amazon</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FGP2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Amazon</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FGQ0</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Amazon</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FGR8</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Amazon</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FGS6</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Amazon</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FGT4</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Amazon</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FGU2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Apple</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FGX6</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on ARM.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FGY4</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Call Warrant on ARM.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FGZ1</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on META.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FH02</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on META.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FH10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on META.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FH28</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Microsoft</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FH44</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Microsoft</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FH51</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Microsoft</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FH69</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Microsoft</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FH77</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Microsoft</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FH85</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Microsoft</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FH93</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on BIRK.N</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FHA2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on BIRK.N</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FHB0</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Boeing</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FHC8</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on AVGO.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FHE4</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Cisco</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FHG9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Coca Cola</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FHH7</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Coca Cola</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FHJ3</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Coinbase Global</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FHM7</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Coinbase Global</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FHN5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on DELL.N</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FHP0</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on D.N</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FHQ8</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on DASH.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FHS4</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on JP Morgan</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FHU0</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on KLAR.N</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FHW6</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on KLAR.N</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FHX4</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on META.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FHZ9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on MSTR.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJ00</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on MSTR.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJ18</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on SNPS.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJ26</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on SNPS.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJ34</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on SNPS.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJ42</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Tesla</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJ59</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Tesla</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJ67</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Tesla</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJ75</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Tesla</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJ83</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Tesla</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJ91</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Microsoft</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJA8</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Microsoft</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJB6</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Netflix</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJG5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Netflix</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJH3</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Netflix</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJJ9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Netflix</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJK7</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Oracle</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJN1</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Oracle</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJP6</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Oracle</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJQ4</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on PLTR.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJT8</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on PLTR.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJU6</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on PLTR.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJV4</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Qualcomm</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJX0</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Qualcomm</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJY8</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Tesla</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FKA6</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on Tesla</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FKB4</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on TXN.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FKC2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on WIX.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FKD0</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>BEST Unlimited TURBO Put Warrant on MSTR.OQ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000FE0FJZ5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8-3-2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.80% p.a. Barrier Reverse Convertible on Novartis</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484586750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Conditional Coupon Barrier Reverse Convertible</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484587014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.30% p.a. Multi Barrier Reverse Convertible</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1493985969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.00% p.a. Barrier Reverse Convertible on Oracle</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484587758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.00% p.a. Barrier Reverse Convertible on Oracle</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484587766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.40% p.a. Barrier Reverse Convertible on VAT Group</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484589804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.60% p.a. Barrier Reverse Convertible on Swissquote</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484589812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.00% p.a. Barrier Reverse Convertible on Logitech</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484589820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.70% p.a. Barrier Reverse Convertible on Tesla</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484589838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.20% p.a. Barrier Reverse Convertible on Bayer</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484589846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.00% p.a. Barrier Reverse Convertible on CSG NV</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484589853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.00% p.a. Barrier Reverse Convertible on Bayer</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484589861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.00% p.a. Barrier Reverse Convertible on Bank of America</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484589879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26-2-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ETP on Swissquote Rare Earth (CHF) Index</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1447746640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>ETP</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6.60% p.a. Barrier Reverse Convertible on Kühne + Nagel</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484589796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Conditional Coupon Barrier Reverse Convertible</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1493985712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Emerging Europe</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9VS99</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AMC / Wikifolio</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Zenith Equity Trend Alpha</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9VT15</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AMC / Wikifolio</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>KF Global Select Dividend</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9VT23</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AMC / Wikifolio</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Austria 30 Private IR</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9VT72</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AMC / Wikifolio</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Crossit 38 200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9VT80</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AMC / Wikifolio</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Global Quality Champions</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9VT98</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AMC / Wikifolio</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Paukos Turnaround 10</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9VTD5</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AMC / Wikifolio</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Fundamental AI Growth Alpha</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9VTJ2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AMC / Wikifolio</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>NP Ideas</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9VU12</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AMC / Wikifolio</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Digital Gold Treasury</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9VUD3</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AMC / Wikifolio</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Global Idiosyncratic Alpha </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9VUG6</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AMC / Wikifolio</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>KF Global Select Growth</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9VUL6</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AMC / Wikifolio</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Strategische Aktienperspektiven</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9VUM4</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AMC / Wikifolio</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Neuer Fortschritt </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9VUN2</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AMC / Wikifolio</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>MEGA BUZZ FOMO</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9VUR3</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AMC / Wikifolio</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>GenesisDefence</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9VVC3</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AMC / Wikifolio</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Start in neue Zeiten</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9VVN0</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AMC / Wikifolio</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Catch the Momentum Multistrategy</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9VVS9</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AMC / Wikifolio</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>US Momentum Leaders</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000LS9VVV3</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>AMC / Wikifolio</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.00% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484588566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6.40% p.a. Barrier Reverse Convertible on Richemont</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484588491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5.00% p.a. Barrier Reverse Convertible on Sika</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484588517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.00% p.a. Barrier Reverse Convertible on Barrick Mining</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484588525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.00% p.a. Barrier Reverse Convertible on Caterpillar</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484588533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.20% p.a. Barrier Reverse Convertible on Goldman Sachs</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484588541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.00% p.a. Barrier Reverse Convertible on Partners Group</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484588558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.00% p.a. Barrier Reverse Convertible on UniCredit</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484588574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.00% p.a. Barrier Reverse Convertible on Caterpillar</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484588582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.06% p.a. Multi Barrier Reverse Convertible on Holcim, Swiss Re, VAT Group</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1484593699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.06% p.a. Multi Barrier Reverse Convertible on Adecco, Holcim, Logitech, Swiss Re</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1525083304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.00% p.a. Barrier Reverse Convertible on RENK Group</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1525084138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.40% p.a. Barrier Reverse Convertible on Newmont</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1525084146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Sika AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1537263688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Georg Fischer AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1537263696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Georg Fischer AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1537263704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Roche Holding AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1537263712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Sandoz Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1537263720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Sandoz Group AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1537263738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf Sika AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1537263746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Geberit AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1537263753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf DocMorris AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1537263761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Amrize Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1537263779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Amrize Ltd</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1537263787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Barry Callebaut AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1537263795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Short Mini Future auf Barry Callebaut AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1537263803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Long Mini Future auf DocMorris AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1537263811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>q.beyond AG</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>DE000A41YDG0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30-4-2018</x:t>
-[...44930 lines deleted...]
-          <x:t>Number of rows: 1751</x:t>
+          <x:t>12-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.14% p.a. Multi Barrier Reverse Convertible on EURO STOXX 50® Index, S&amp;P 500®, Swiss Market Index®</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>CH1493987692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>deriBX</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13-3-2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr"/>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Sha1 Checksum: 8dd02bed2d551666b6b80ccfee0b9ec296ea97d5</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>Number of rows: 1136</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>