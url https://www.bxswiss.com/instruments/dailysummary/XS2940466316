--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R861a0fcfae134eee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra62a14d322064699" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54456c30e4c940c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf71d7adf3cd94312"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebfdf8b3ab8242e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54456c30e4c940c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4db83a9ea5244e00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf71d7adf3cd94312" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2940466316</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>8,972</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,931</x:t>
-[...16 lines deleted...]
-          <x:t>9,035</x:t>
+          <x:t>8,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,985</x:t>
-[...566 lines deleted...]
-          <x:t>9,546</x:t>
+          <x:t>8,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>