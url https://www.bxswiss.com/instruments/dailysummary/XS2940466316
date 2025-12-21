--- v1 (2025-10-24)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra62a14d322064699" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3eff096ba444ead" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf71d7adf3cd94312"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45d8e169813f49ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4db83a9ea5244e00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf71d7adf3cd94312" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7ee8bada1b14bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45d8e169813f49ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2940466316</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>8,789</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>