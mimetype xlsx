--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3eff096ba444ead" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e28df3c19bf4139" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45d8e169813f49ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0c91d86eca64abe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7ee8bada1b14bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45d8e169813f49ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2b55e6c1af84a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0c91d86eca64abe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2940466316</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,082</x:t>
-[...70 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>6,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,976</x:t>
-[...21 lines deleted...]
-          <x:t>6,993</x:t>
+          <x:t>6,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,940</x:t>
-[...355 lines deleted...]
-          <x:t>7,023</x:t>
+          <x:t>7,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>