--- v3 (2026-01-11)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e28df3c19bf4139" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72ac09ae06c44ba3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0c91d86eca64abe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebdde99ea84042a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2b55e6c1af84a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0c91d86eca64abe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9434247c08e84701" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebdde99ea84042a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2940466316</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>6,898</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,096</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>6,885</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,981</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>7,311</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>