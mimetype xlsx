--- v4 (2026-01-31)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72ac09ae06c44ba3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b489e7087404943" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebdde99ea84042a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R550ed1b18f0746b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9434247c08e84701" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebdde99ea84042a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c1ba491f5d3420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R550ed1b18f0746b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2940466316</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,141</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>