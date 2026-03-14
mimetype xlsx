--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b489e7087404943" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3f2c8d3cc4f47b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R550ed1b18f0746b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6d0446b27bd4717"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c1ba491f5d3420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R550ed1b18f0746b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5969cb3b7a5a4cd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6d0446b27bd4717" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2940466316</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,311</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>