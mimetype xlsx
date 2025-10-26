--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ea3bfc792c64911" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fd5f22d6e0f4659" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e4405c608034bcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc600493a2aad4fde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R775a9ffb77714ba6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e4405c608034bcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9173c1a8ae0e426e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc600493a2aad4fde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2376095068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>87,376</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,990</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...391 lines deleted...]
-          <x:t>87,140</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,831</x:t>
-[...92 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>87,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,757</x:t>
-[...117 lines deleted...]
-          <x:t>93,961</x:t>
+          <x:t>87,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,602</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>