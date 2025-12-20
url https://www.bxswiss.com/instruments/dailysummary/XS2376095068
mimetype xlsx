--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fd5f22d6e0f4659" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc21f1f6d1244b00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc600493a2aad4fde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd34842b363c04165"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9173c1a8ae0e426e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc600493a2aad4fde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fc00b3c17124c70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd34842b363c04165" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2376095068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>85,602</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>