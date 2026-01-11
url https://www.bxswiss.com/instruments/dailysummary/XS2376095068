--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc21f1f6d1244b00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc46de172b714f1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd34842b363c04165"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree26930378ab4509"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fc00b3c17124c70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd34842b363c04165" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R006ea750230a4de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree26930378ab4509" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2376095068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>71,405</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,264</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...413 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,243</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>