--- v3 (2026-01-11)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc46de172b714f1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ccdcb2d6af848f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree26930378ab4509"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e96eb5b8a8f4123"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R006ea750230a4de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree26930378ab4509" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a41abe5b0a046e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e96eb5b8a8f4123" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2376095068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,347 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>