--- v4 (2026-01-31)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ccdcb2d6af848f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59b30598a188438c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e96eb5b8a8f4123"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20910b2bb1564f62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a41abe5b0a046e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e96eb5b8a8f4123" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdee1e9f2d619494b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20910b2bb1564f62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2376095068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,558</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>