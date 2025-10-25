--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cc0f15378184df4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R285668e3e3a24015" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d819c8aa80b4671"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e0bcb4b5e4d4264"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0ae38cdd90f4457" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d819c8aa80b4671" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11399020249f476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e0bcb4b5e4d4264" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Essity 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2297177664</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,600</x:t>
-[...630 lines deleted...]
-          <x:t>87,595</x:t>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>