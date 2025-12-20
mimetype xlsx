--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R285668e3e3a24015" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd899222036944df2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e0bcb4b5e4d4264"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1519ef5816594d33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11399020249f476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e0bcb4b5e4d4264" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6876cf897c714e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1519ef5816594d33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Essity 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2297177664</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,535</x:t>
-[...26 lines deleted...]
-          <x:t>87,485</x:t>
+          <x:t>86,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,090</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...568 lines deleted...]
-          <x:t>88,050</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>