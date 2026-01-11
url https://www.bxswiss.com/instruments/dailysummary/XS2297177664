--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd899222036944df2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd37daf54f9104473" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1519ef5816594d33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf166920c20ed4ea7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6876cf897c714e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1519ef5816594d33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f82c74125dd4e29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf166920c20ed4ea7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Essity 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2297177664</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>87,055</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,210</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>87,375</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,165</x:t>
-[...188 lines deleted...]
-          <x:t>86,925</x:t>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>