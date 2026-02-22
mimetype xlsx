--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd37daf54f9104473" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dc6e3629603417d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf166920c20ed4ea7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d96b83454334605"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f82c74125dd4e29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf166920c20ed4ea7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10cb7c7ce69e4141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d96b83454334605" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Essity 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2297177664</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>87,120</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,940</x:t>
-[...16 lines deleted...]
-          <x:t>87,210</x:t>
+          <x:t>87,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,290</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>86,740</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,040</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>86,685</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>