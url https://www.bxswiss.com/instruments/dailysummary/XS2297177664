--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dc6e3629603417d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62a6267c725e4204" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d96b83454334605"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4c04e7ee09844fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10cb7c7ce69e4141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d96b83454334605" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bad593b6f114ad9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4c04e7ee09844fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Essity 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2297177664</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,195</x:t>
-[...247 lines deleted...]
-          <x:t>86,775</x:t>
+          <x:t>87,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,965</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...177 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,235</x:t>
-[...161 lines deleted...]
-          <x:t>87,505</x:t>
+          <x:t>86,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>