--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38abd5ea95c84ab5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf258d2d071d4229" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8bfd6464770463e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bc877e07ff74e35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R919c6fabae4043dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8bfd6464770463e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd548afbf04304dfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bc877e07ff74e35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs Group 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2292954893</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>94,875</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,865</x:t>
-[...75 lines deleted...]
-          <x:t>95,040</x:t>
+          <x:t>95,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,005</x:t>
-[...366 lines deleted...]
-        <x:is>
           <x:t>95,035</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>94,995</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,985</x:t>
-[...4 lines deleted...]
-          <x:t>95,035</x:t>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>