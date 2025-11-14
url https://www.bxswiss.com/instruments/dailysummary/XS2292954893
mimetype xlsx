--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf258d2d071d4229" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96a3aa217303405e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bc877e07ff74e35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ef4c33b89444bbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd548afbf04304dfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bc877e07ff74e35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R240d8d3e285b4e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ef4c33b89444bbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs Group 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2292954893</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>95,055</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,135</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>95,130</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,125</x:t>
-[...26 lines deleted...]
-          <x:t>95,130</x:t>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,190</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>95,305</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>