--- v2 (2025-11-14)
+++ v3 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96a3aa217303405e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b45a2de029243ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ef4c33b89444bbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07861b7ca0be4456"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R240d8d3e285b4e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ef4c33b89444bbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad6a8ab4536a4da8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07861b7ca0be4456" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs Group 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2292954893</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>95,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>95,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>95,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>95,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,280</x:t>
-[...16 lines deleted...]
-          <x:t>95,310</x:t>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,260</x:t>
-[...394 lines deleted...]
-          <x:t>95,275</x:t>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,170</x:t>
-[...155 lines deleted...]
-        <x:is>
           <x:t>95,205</x:t>
-        </x:is>
-[...30 lines deleted...]
-          <x:t>95,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>