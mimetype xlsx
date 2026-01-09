--- v3 (2025-12-19)
+++ v4 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b45a2de029243ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refcf06edcc1d4430" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07861b7ca0be4456"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R443543841fe24215"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad6a8ab4536a4da8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07861b7ca0be4456" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08c62c3ce3de448a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R443543841fe24215" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs Group 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2292954893</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,180</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>95,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,160</x:t>
-[...21 lines deleted...]
-          <x:t>95,160</x:t>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,170</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>95,245</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,235</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>95,335</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,400</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,320</x:t>
-[...242 lines deleted...]
-          <x:t>95,205</x:t>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>