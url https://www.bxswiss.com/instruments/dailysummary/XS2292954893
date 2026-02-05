--- v4 (2026-01-09)
+++ v5 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refcf06edcc1d4430" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae4c2c77e8c44e1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R443543841fe24215"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redb683350d6546ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08c62c3ce3de448a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R443543841fe24215" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cbe451dd2c448dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redb683350d6546ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs Group 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2292954893</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,335</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +251,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>