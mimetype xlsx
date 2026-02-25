--- v5 (2026-02-05)
+++ v6 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae4c2c77e8c44e1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3699dd38e9840d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redb683350d6546ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c018409bb4844c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cbe451dd2c448dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redb683350d6546ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5203910faab14ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c018409bb4844c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs Group 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2292954893</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>95,550</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,575</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>95,550</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,520</x:t>
-[...43 lines deleted...]
-          <x:t>95,590</x:t>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,585</x:t>
-[...97 lines deleted...]
-          <x:t>95,655</x:t>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,620</x:t>
-[...16 lines deleted...]
-          <x:t>95,650</x:t>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,625</x:t>
-[...112 lines deleted...]
-          <x:t>95,600</x:t>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>