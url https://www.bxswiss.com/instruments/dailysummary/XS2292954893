--- v6 (2026-02-25)
+++ v7 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3699dd38e9840d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R599134d5efdb43e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c018409bb4844c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a522453b64e4d13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5203910faab14ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c018409bb4844c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda68dc16b3bf462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a522453b64e4d13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs Group 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2292954893</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>95,610</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,635</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,625</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>95,745</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>