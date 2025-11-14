--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48ca7fc079544bfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b3235fa4df54776" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44dab2c22c14438a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1593d59a24454c09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8b69bf9d4424870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44dab2c22c14438a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1af13538e2b4d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1593d59a24454c09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E.ON 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2288948859</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>93,305</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>