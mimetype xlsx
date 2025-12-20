--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b3235fa4df54776" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd947c705ddaa416f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1593d59a24454c09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a7069d67426459f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1af13538e2b4d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1593d59a24454c09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e238616eb3442be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a7069d67426459f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E.ON 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2288948859</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>93,550</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,510</x:t>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,610</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>14.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,735</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>93,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,800</x:t>
-[...512 lines deleted...]
-          <x:t>93,655</x:t>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,620</x:t>
-[...53 lines deleted...]
-          <x:t>93,590</x:t>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>