--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd947c705ddaa416f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra835c860243441b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a7069d67426459f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8d18e82fd6748cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e238616eb3442be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a7069d67426459f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc211676902004485" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8d18e82fd6748cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E.ON 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2288948859</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>93,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>93,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,575</x:t>
-[...91 lines deleted...]
-        <x:is>
           <x:t>93,570</x:t>
-        </x:is>
-[...526 lines deleted...]
-          <x:t>93,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>