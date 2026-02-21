--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra835c860243441b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1db605b5d2a0409a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8d18e82fd6748cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59c4354f1a654fd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc211676902004485" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8d18e82fd6748cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R718df47480ab4c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59c4354f1a654fd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E.ON 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2288948859</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>93,435</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,440</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>93,470</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>05.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,530</x:t>
-[...21 lines deleted...]
-          <x:t>93,470</x:t>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,465</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>93,665</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>93,570</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>