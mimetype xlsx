--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1db605b5d2a0409a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63345f582b3b4a43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59c4354f1a654fd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd05593d42fcf4909"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R718df47480ab4c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59c4354f1a654fd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bebc054ad3f48ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd05593d42fcf4909" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E.ON 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2288948859</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>93,590</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,545</x:t>
-[...620 lines deleted...]
-          <x:t>93,895</x:t>
+          <x:t>93,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>