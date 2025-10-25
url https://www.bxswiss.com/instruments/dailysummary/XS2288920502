--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0969f72804814803" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b5b32c5f5be45c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b956eb73ac642c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R887216227c02448b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e3ea1896c384117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b956eb73ac642c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc68d6e98d51e48d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R887216227c02448b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Landwirtschaftliche Rentenbank 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2288920502</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>03.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,100</x:t>
-[...21 lines deleted...]
-          <x:t>94,115</x:t>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,110</x:t>
-[...16 lines deleted...]
-          <x:t>94,130</x:t>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,120</x:t>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,210</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>94,130</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>