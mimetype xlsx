--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b5b32c5f5be45c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf6c92cb93042ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R887216227c02448b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bc394a13c284108"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc68d6e98d51e48d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R887216227c02448b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R227695a0a2704a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bc394a13c284108" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Landwirtschaftliche Rentenbank 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2288920502</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>94,300</x:t>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,290</x:t>
+          <x:t>94,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,350</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>94,400</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,440</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>94,450</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,450</x:t>
-[...33 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>94,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>94,590</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>94,670</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>