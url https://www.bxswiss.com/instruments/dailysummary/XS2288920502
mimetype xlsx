--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf6c92cb93042ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R416a170b1b264f40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bc394a13c284108"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34942bd2dd26422a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R227695a0a2704a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bc394a13c284108" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7bda2f25d5c4f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34942bd2dd26422a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Landwirtschaftliche Rentenbank 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2288920502</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>94,570</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,560</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>95,550</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,480</x:t>
-[...274 lines deleted...]
-          <x:t>95,395</x:t>
+          <x:t>95,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>