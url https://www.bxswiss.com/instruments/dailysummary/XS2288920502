--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R416a170b1b264f40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d9a266b91644c3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34942bd2dd26422a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c668833934f4f57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7bda2f25d5c4f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34942bd2dd26422a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2c0d7ed493442b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c668833934f4f57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Landwirtschaftliche Rentenbank 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2288920502</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>95,685</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,680</x:t>
-[...38 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,670</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>95,670</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>