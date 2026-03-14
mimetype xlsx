--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d9a266b91644c3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2eb4387c0c44d79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c668833934f4f57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15ff7ec8b7f740ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2c0d7ed493442b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c668833934f4f57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85725725105744ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15ff7ec8b7f740ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Landwirtschaftliche Rentenbank 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2288920502</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>95,710</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,755</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>95,870</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,825</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>95,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,820</x:t>
-[...360 lines deleted...]
-          <x:t>96,115</x:t>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>