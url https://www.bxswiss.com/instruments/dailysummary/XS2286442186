--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3de80dd886784d97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda3a0e2c949d4b07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R041fa0f354cc4146"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R054c7b338a6549cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2446f8c34e4e452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R041fa0f354cc4146" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6d3ea929cb144fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R054c7b338a6549cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Holcim 33</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2286442186</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>82,255</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,210</x:t>
-[...48 lines deleted...]
-          <x:t>82,665</x:t>
+          <x:t>82,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>82,445</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,620</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>17.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,815</x:t>
-[...139 lines deleted...]
-          <x:t>82,535</x:t>
+          <x:t>82,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,600</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>82,640</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,600</x:t>
-[...31 lines deleted...]
-          <x:t>82,845</x:t>
+          <x:t>83,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>