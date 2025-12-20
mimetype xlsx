--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda3a0e2c949d4b07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re73c3e737b4a40ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R054c7b338a6549cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8302af9aad1442a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6d3ea929cb144fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R054c7b338a6549cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3a9ce460be3439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8302af9aad1442a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Holcim 33</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2286442186</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>82,675</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,600</x:t>
-[...33 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>82,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,485</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...551 lines deleted...]
-          <x:t>83,590</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>