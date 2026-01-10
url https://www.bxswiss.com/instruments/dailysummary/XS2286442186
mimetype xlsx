--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re73c3e737b4a40ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c61a0e113764553" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8302af9aad1442a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R106c45f279354a62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3a9ce460be3439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8302af9aad1442a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5163cb1dd94b4a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R106c45f279354a62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Holcim 33</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2286442186</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>82,815</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,890</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>82,255</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>