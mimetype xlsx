--- v3 (2026-01-10)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c61a0e113764553" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8711ac4a5334b60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R106c45f279354a62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a66885928c64931"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5163cb1dd94b4a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R106c45f279354a62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48f33279d78b4e35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a66885928c64931" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Holcim 33</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2286442186</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,438 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>82,080</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,080</x:t>
-[...344 lines deleted...]
-        <x:is>
           <x:t>82,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,545</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,715</x:t>
         </x:is>
       </x:c>
@@ -629,31 +278,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>