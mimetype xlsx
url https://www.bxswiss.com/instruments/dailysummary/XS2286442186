--- v4 (2026-02-05)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8711ac4a5334b60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree3de13fd8814521" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a66885928c64931"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R933875702e144c16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48f33279d78b4e35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a66885928c64931" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12b7744da81b4bf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R933875702e144c16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Holcim 33</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2286442186</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>82,715</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,655</x:t>
-[...259 lines deleted...]
-          <x:t>82,995</x:t>
+          <x:t>83,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,805</x:t>
-[...178 lines deleted...]
-          <x:t>83,110</x:t>
+          <x:t>83,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,075</x:t>
-[...85 lines deleted...]
-          <x:t>83,070</x:t>
+          <x:t>83,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>