--- v5 (2026-02-25)
+++ v6 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree3de13fd8814521" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4b80fc638e7476a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R933875702e144c16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5d0171a399147b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12b7744da81b4bf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R933875702e144c16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1aae3a2a5eb74eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5d0171a399147b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Holcim 33</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2286442186</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,920</x:t>
-[...107 lines deleted...]
-          <x:t>83,300</x:t>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,100</x:t>
-[...458 lines deleted...]
-          <x:t>83,695</x:t>
+          <x:t>82,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>