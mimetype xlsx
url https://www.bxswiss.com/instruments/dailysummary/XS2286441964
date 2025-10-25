--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57ace016660e4aa8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55742f7688ff4924" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R747d1db6b08c4174"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9fc92c50ccd4def"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a3c13e45fc44436" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R747d1db6b08c4174" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re76736ffc3ad4726" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9fc92c50ccd4def" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Holcim 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2286441964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>95,975</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,180</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>96,075</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,990</x:t>
-[...70 lines deleted...]
-          <x:t>96,095</x:t>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,310</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>96,150</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,305</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>96,140</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,125</x:t>
-[...193 lines deleted...]
-          <x:t>96,170</x:t>
+          <x:t>96,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>