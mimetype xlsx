--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55742f7688ff4924" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf983ff36eb684715" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9fc92c50ccd4def"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94d0dbf108474754"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re76736ffc3ad4726" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9fc92c50ccd4def" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96402c3e9ecc45a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94d0dbf108474754" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Holcim 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2286441964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>96,150</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,305</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>96,140</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,125</x:t>
-[...340 lines deleted...]
-          <x:t>96,280</x:t>
+          <x:t>96,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,275</x:t>
-[...38 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,365</x:t>
-[...198 lines deleted...]
-          <x:t>96,385</x:t>
+          <x:t>96,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>