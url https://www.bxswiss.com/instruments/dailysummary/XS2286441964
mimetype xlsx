--- v2 (2025-11-15)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf983ff36eb684715" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R762f549bd1574640" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94d0dbf108474754"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12b5bbb595014e55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96402c3e9ecc45a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94d0dbf108474754" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90ae069a37ee47a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12b5bbb595014e55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Holcim 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2286441964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>96,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,285</x:t>
+          <x:t>96,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,305</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>96,325</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,325</x:t>
+          <x:t>96,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,365</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>17.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,445</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>96,440</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>96,320</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>