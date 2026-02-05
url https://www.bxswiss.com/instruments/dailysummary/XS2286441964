--- v3 (2026-01-10)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R762f549bd1574640" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4a59bc122804462" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12b5bbb595014e55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23cae61c1cd040b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90ae069a37ee47a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12b5bbb595014e55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20d2b8003be74a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23cae61c1cd040b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Holcim 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2286441964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...301 lines deleted...]
-          <x:t>96,520</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,515</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>96,580</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>96,540</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,580</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>96,585</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,580</x:t>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,610</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>07.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>96,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>96,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>96,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,635</x:t>
-[...6 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>96,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>96,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,605</x:t>
-[...31 lines deleted...]
-          <x:t>96,630</x:t>
+          <x:t>96,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>