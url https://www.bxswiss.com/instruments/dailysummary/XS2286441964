--- v4 (2026-02-05)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4a59bc122804462" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb31c3e5d0b064b94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23cae61c1cd040b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf64f7710483e4b8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20d2b8003be74a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23cae61c1cd040b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffe2a0566bf5492e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf64f7710483e4b8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Holcim 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2286441964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>96,670</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,685</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,705</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>96,700</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>96,685</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,700</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>28.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,730</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,720</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>96,750</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,765</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>96,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>