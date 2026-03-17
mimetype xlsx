--- v5 (2026-02-25)
+++ v6 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb31c3e5d0b064b94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0233aae654be44b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf64f7710483e4b8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf69996b9c41e4814"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffe2a0566bf5492e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf64f7710483e4b8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8327f98d945b4e9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf69996b9c41e4814" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Holcim 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2286441964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,700</x:t>
-[...576 lines deleted...]
-          <x:t>96,880</x:t>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>