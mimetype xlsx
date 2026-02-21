--- v0 (2025-10-06)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra165dd48a749471f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfee6aa42dcad474d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1f1d2e27af74abb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78d51e56544b438b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45a06ee70f244fc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1f1d2e27af74abb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6528e00785734ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78d51e56544b438b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ABB Finance 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2286044370</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>88,975</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>