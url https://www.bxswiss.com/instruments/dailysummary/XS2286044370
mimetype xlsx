--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfee6aa42dcad474d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6eee24c25dad4409" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78d51e56544b438b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2443cd69a8734a49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6528e00785734ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78d51e56544b438b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re53179c227f845e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2443cd69a8734a49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ABB Finance 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2286044370</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>89,405</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,520</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...59 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,665</x:t>
-[...549 lines deleted...]
-          <x:t>90,185</x:t>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>