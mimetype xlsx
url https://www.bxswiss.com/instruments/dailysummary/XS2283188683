--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebbbddeb36794fc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29de3715fb584d6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb438daced20842cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9ae3706744d4a07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7459630550fc403b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb438daced20842cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re31cdd07fded4035" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9ae3706744d4a07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EXOR 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2283188683</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>89,690</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,625</x:t>
-[...92 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,230</x:t>
-[...16 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,125</x:t>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>90,115</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>90,115</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,030</x:t>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,080</x:t>
-        </x:is>
-[...403 lines deleted...]
-          <x:t>89,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>