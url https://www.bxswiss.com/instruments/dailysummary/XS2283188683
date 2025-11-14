--- v1 (2025-10-23)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29de3715fb584d6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fad61d4653b4e1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9ae3706744d4a07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra38a8ddc9186447b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re31cdd07fded4035" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9ae3706744d4a07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb24394752e5d40e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra38a8ddc9186447b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EXOR 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2283188683</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>89,685</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>89,755</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>90,080</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>