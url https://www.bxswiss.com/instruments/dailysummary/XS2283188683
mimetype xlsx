--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fad61d4653b4e1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d1d2f8b87f44b4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra38a8ddc9186447b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46b5f63b115d4b8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb24394752e5d40e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra38a8ddc9186447b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfba6ae1ffee4bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46b5f63b115d4b8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EXOR 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2283188683</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...350 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,655</x:t>
-[...279 lines deleted...]
-          <x:t>88,875</x:t>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>