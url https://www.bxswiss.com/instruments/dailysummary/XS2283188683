--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d1d2f8b87f44b4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9858657d55447d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46b5f63b115d4b8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb93a0cbb287843a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfba6ae1ffee4bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46b5f63b115d4b8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01ebab06f944403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb93a0cbb287843a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EXOR 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2283188683</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>89,280</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,205</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>89,655</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>89,495</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>