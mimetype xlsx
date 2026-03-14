--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9858657d55447d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64b7d8167e414244" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb93a0cbb287843a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93b0163be7d04ef0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01ebab06f944403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb93a0cbb287843a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabd45a78fe224dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93b0163be7d04ef0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EXOR 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2283188683</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,705</x:t>
-[...576 lines deleted...]
-          <x:t>90,640</x:t>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>