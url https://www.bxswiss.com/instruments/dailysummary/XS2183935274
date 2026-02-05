--- v0 (2025-10-02)
+++ v1 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1f30d1277144d80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81b8801269784b62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra108d22d74b44dc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0c3747634854589"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dd2500804394930" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra108d22d74b44dc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95f708fd14524724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0c3747634854589" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Physical Gold EUR Hedged ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2183935274</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>83,220</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,886</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>