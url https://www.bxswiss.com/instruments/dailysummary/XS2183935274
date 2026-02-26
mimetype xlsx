--- v1 (2026-02-05)
+++ v2 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81b8801269784b62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c530ddc7483459e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0c3747634854589"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R836acfb3133948f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95f708fd14524724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0c3747634854589" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb510958848014ce1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R836acfb3133948f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Physical Gold EUR Hedged ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2183935274</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>