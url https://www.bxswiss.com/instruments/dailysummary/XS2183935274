--- v2 (2026-02-26)
+++ v3 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c530ddc7483459e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R175e27acf55c4571" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R836acfb3133948f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raad4eed129ef4751"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb510958848014ce1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R836acfb3133948f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R310887082a4e471f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raad4eed129ef4751" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Physical Gold EUR Hedged ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2183935274</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>105,290</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,752</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...165 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,772</x:t>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>