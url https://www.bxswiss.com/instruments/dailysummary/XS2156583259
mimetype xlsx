--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R942f3f55d5a0434a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d5307ebad4e4496" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2412abf01ad14821"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77f24f1312fe4bdf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3163359c3b84402" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2412abf01ad14821" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27492d49835049b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77f24f1312fe4bdf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Repsol 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2156583259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>98,725</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,860</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>98,660</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,615</x:t>
-[...16 lines deleted...]
-          <x:t>98,760</x:t>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,960</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>98,830</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,820</x:t>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,045</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>99,050</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,005</x:t>
-[...517 lines deleted...]
-          <x:t>98,970</x:t>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>