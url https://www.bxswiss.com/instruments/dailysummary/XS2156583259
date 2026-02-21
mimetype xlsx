--- v1 (2025-10-25)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d5307ebad4e4496" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20499792baa44dde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77f24f1312fe4bdf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebf9320fa2c24251"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27492d49835049b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77f24f1312fe4bdf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R617c851078b241d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebf9320fa2c24251" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Repsol 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2156583259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>98,955</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,910</x:t>
-[...286 lines deleted...]
-          <x:t>98,985</x:t>
+          <x:t>99,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,200</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>99,230</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,395</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>99,350</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,445</x:t>
-        </x:is>
-[...79 lines deleted...]
-          <x:t>99,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>