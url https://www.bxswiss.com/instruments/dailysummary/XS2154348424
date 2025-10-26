--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4dffc6f4a1b4004" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fcb72672cd64e78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R909396b3fe4146bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70a79992866e4be9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00637f78869f4669" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R909396b3fe4146bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf1620d8f1fa44a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70a79992866e4be9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>OMV 32</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2154348424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,765</x:t>
-[...21 lines deleted...]
-          <x:t>97,690</x:t>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,495</x:t>
-[...16 lines deleted...]
-          <x:t>97,665</x:t>
+          <x:t>97,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,645</x:t>
-[...16 lines deleted...]
-          <x:t>97,740</x:t>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,695</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>97,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...246 lines deleted...]
-          <x:t>23.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,600</x:t>
-        </x:is>
-[...229 lines deleted...]
-          <x:t>97,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>