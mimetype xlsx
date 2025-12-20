--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fcb72672cd64e78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R312c1b9465f74112" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70a79992866e4be9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfee52fad222547ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf1620d8f1fa44a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70a79992866e4be9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12c8264ff8e84af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfee52fad222547ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>OMV 32</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2154348424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>97,600</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>