--- v2 (2025-12-20)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R312c1b9465f74112" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a035597070840b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfee52fad222547ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a1baa6a1e0f4f39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12c8264ff8e84af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfee52fad222547ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79e1b93731924d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a1baa6a1e0f4f39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>OMV 32</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2154348424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,825</x:t>
-[...31 lines deleted...]
-          <x:t>96,660</x:t>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,790</x:t>
-        </x:is>
-[...592 lines deleted...]
-          <x:t>96,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>