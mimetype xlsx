--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a035597070840b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6be80c3e9bec4a99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a1baa6a1e0f4f39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf48db005472d4708"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79e1b93731924d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a1baa6a1e0f4f39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ffb1b89b60544c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf48db005472d4708" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>OMV 32</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2154348424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>96,445</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,455</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...153 lines deleted...]
-          <x:t>96,540</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,800</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>96,790</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>