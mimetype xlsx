--- v4 (2026-02-21)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6be80c3e9bec4a99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4a3b900752c437e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf48db005472d4708"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39897ac30cd64aa2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ffb1b89b60544c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf48db005472d4708" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8862ae97a1ea4002" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39897ac30cd64aa2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>OMV 32</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2154348424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,820</x:t>
-[...593 lines deleted...]
-          <x:t>97,245</x:t>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,220</x:t>
-[...26 lines deleted...]
-          <x:t>97,280</x:t>
+          <x:t>96,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>