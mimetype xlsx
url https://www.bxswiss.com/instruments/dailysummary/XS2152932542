--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56663a06093e410a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5df3acd24a7454f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4060ae2f797d4e44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R467fb8a00343484a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R080ca18455154417" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4060ae2f797d4e44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R711208299fda4db5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R467fb8a00343484a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Bahn 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2152932542</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,505</x:t>
-[...21 lines deleted...]
-          <x:t>97,450</x:t>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,435</x:t>
-[...11 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>97,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,495</x:t>
+          <x:t>97,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,555</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>97,575</x:t>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,470</x:t>
-[...43 lines deleted...]
-          <x:t>97,565</x:t>
+          <x:t>97,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,450</x:t>
-[...161 lines deleted...]
-          <x:t>97,445</x:t>
+          <x:t>97,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,580</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>97,515</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>