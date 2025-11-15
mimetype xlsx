--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5df3acd24a7454f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5210935e97a446b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R467fb8a00343484a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R367e739e996849fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R711208299fda4db5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R467fb8a00343484a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fbf281eea8d4599" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R367e739e996849fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Bahn 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2152932542</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>97,585</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,585</x:t>
-[...16 lines deleted...]
-          <x:t>97,575</x:t>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,575</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>97,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,590</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>97,635</x:t>
-        </x:is>
-[...494 lines deleted...]
-          <x:t>97,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>