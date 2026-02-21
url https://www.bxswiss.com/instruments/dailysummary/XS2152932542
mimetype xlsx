--- v2 (2025-11-15)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5210935e97a446b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e9cb8e026c34186" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R367e739e996849fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra196bef11e304eb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fbf281eea8d4599" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R367e739e996849fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3235123e538c4d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra196bef11e304eb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Bahn 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2152932542</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>97,635</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>