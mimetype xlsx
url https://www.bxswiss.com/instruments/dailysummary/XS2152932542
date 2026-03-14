--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e9cb8e026c34186" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra54043f5453b401b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra196bef11e304eb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c0cf29c6651478c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3235123e538c4d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra196bef11e304eb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50d8c361cc8d4d53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c0cf29c6651478c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Bahn 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2152932542</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,935</x:t>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,915</x:t>
-[...620 lines deleted...]
-          <x:t>98,105</x:t>
+          <x:t>97,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>