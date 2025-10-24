--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd29055b420d84359" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raee630e16f2d4fef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3c31c827a6f4f2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaf93c6b547341cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9ab5cf7b5a048bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3c31c827a6f4f2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cd47164e3514459" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaf93c6b547341cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fresenius 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2152329053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>98,265</x:t>
+          <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,250</x:t>
-[...70 lines deleted...]
-          <x:t>98,250</x:t>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,300</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>98,305</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,370</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>98,290</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,365</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>98,350</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,330</x:t>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,370</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...261 lines deleted...]
-          <x:t>98,295</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,355</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>