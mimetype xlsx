--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raee630e16f2d4fef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbe40bcdacb14b85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaf93c6b547341cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7487dec4de274692"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cd47164e3514459" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaf93c6b547341cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f36f42483534c35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7487dec4de274692" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fresenius 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2152329053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,370</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>98,360</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>98,480</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,495</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>98,730</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>