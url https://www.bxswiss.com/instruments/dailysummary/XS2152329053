--- v2 (2025-11-14)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbe40bcdacb14b85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30ef89db65e84439" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7487dec4de274692"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97817ba9b94e4ae1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f36f42483534c35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7487dec4de274692" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd04de4e40b6e4106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97817ba9b94e4ae1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fresenius 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2152329053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>98,705</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,670</x:t>
-[...318 lines deleted...]
-          <x:t>98,645</x:t>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...113 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,545</x:t>
-[...171 lines deleted...]
-          <x:t>98,430</x:t>
+          <x:t>98,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>