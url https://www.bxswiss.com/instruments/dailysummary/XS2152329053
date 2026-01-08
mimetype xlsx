--- v3 (2026-01-07)
+++ v4 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30ef89db65e84439" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fccda36a51e4610" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97817ba9b94e4ae1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7569d96b97154f6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd04de4e40b6e4106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97817ba9b94e4ae1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d2bb1a7204b437a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7569d96b97154f6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fresenius 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2152329053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -578,28 +578,55 @@
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,640</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>