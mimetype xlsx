--- v4 (2026-01-08)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fccda36a51e4610" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0827f03a54224970" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7569d96b97154f6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3c9bd1a53a346a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d2bb1a7204b437a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7569d96b97154f6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc69df07059384133" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3c9bd1a53a346a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fresenius 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2152329053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,755</x:t>
-[...9 lines deleted...]
-          <x:t>98,750</x:t>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>