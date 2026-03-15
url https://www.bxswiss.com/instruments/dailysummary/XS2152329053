--- v5 (2026-02-21)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0827f03a54224970" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fc0b0d96af24d4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3c9bd1a53a346a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc40641e9df474046"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc69df07059384133" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3c9bd1a53a346a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d0ccf11b5324bf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc40641e9df474046" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fresenius 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2152329053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>98,740</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,730</x:t>
-[...620 lines deleted...]
-          <x:t>98,880</x:t>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>