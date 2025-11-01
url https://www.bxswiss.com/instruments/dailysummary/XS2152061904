--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbba899acf5174f45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94a668dcbf784876" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc957e0d7f119478b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc11063d159214b52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae108a4d010e4e24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc957e0d7f119478b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R381aff8944f14e91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc11063d159214b52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volkswagen Financial Services 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2152061904</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,635</x:t>
-[...620 lines deleted...]
-          <x:t>101,580</x:t>
+          <x:t>101,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>