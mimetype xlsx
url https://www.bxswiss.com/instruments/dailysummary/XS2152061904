--- v1 (2025-11-01)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94a668dcbf784876" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cb82bc91f644979" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc11063d159214b52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf83d97fa9c874521"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R381aff8944f14e91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc11063d159214b52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdef398f6d9f483d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf83d97fa9c874521" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volkswagen Financial Services 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2152061904</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>101,610</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>