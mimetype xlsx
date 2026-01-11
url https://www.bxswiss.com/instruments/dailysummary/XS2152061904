--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cb82bc91f644979" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R174ca75bba75483d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf83d97fa9c874521"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6fe83e452e743d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdef398f6d9f483d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf83d97fa9c874521" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac0eedb48dc94e7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6fe83e452e743d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volkswagen Financial Services 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2152061904</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>101,195</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...262 lines deleted...]
-          <x:t>100,965</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>