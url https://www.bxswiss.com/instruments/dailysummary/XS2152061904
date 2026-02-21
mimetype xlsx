--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R174ca75bba75483d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11253beebd174be5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6fe83e452e743d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5444d051439c49d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac0eedb48dc94e7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6fe83e452e743d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90e5814b41c2494d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5444d051439c49d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volkswagen Financial Services 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2152061904</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>101,155</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>