--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11253beebd174be5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccad8fbfc4974226" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5444d051439c49d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d6e09031dcb4628"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90e5814b41c2494d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5444d051439c49d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb0417c125b6443a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d6e09031dcb4628" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volkswagen Financial Services 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2152061904</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,400</x:t>
-[...75 lines deleted...]
-          <x:t>101,380</x:t>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,345</x:t>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,420</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>101,385</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,345</x:t>
-[...16 lines deleted...]
-          <x:t>101,415</x:t>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,415</x:t>
-[...16 lines deleted...]
-          <x:t>101,425</x:t>
+          <x:t>101,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,460</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>101,415</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,455</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>101,410</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,355</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>101,460</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>