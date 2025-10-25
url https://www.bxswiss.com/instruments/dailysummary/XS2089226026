--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R974429a2676b41a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39176cb2349d4e94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6cbdaa7aabe42d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25c8198dc2d54e79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd51ba244d65a46ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6cbdaa7aabe42d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd112513287d1477c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25c8198dc2d54e79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 49</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2089226026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>63,590</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,265</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...59 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,555</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>11.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>65,030</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>64,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>64,350</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,345</x:t>
+          <x:t>64,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,615</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>18.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>65,330</x:t>
-[...252 lines deleted...]
-          <x:t>64,555</x:t>
+          <x:t>64,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>