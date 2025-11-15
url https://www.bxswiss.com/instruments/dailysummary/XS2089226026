--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39176cb2349d4e94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ef22c95f96d48f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25c8198dc2d54e79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35d437d853a64297"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd112513287d1477c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25c8198dc2d54e79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R820dfc67a3264394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35d437d853a64297" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 49</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2089226026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,120</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>25.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,410</x:t>
-[...576 lines deleted...]
-          <x:t>65,480</x:t>
+          <x:t>64,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>