--- v2 (2025-11-15)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ef22c95f96d48f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32593bfb2421459b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35d437d853a64297"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90fa9b77b8ef4634"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R820dfc67a3264394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35d437d853a64297" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82f78093f6ec45b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90fa9b77b8ef4634" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 49</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2089226026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>63,120</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>