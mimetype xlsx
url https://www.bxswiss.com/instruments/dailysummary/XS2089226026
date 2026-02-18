--- v3 (2026-01-09)
+++ v4 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32593bfb2421459b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb185a9dca6564a82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90fa9b77b8ef4634"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c1234ab2ff243b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82f78093f6ec45b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90fa9b77b8ef4634" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d086641fa4248d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c1234ab2ff243b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 49</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2089226026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,870</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,935</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,970</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>62,810</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,860</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>62,395</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>