--- v4 (2026-02-18)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb185a9dca6564a82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra35f11835cbf405f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c1234ab2ff243b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f213e94efd44f33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d086641fa4248d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c1234ab2ff243b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ec11bfe5d2e4653" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f213e94efd44f33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 49</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2089226026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>62,190</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,260</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>63,500</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>