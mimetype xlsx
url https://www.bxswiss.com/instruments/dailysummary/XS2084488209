--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4d80fbe60934fef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bed54d159554f93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98b2ab37c29442d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb0f6422b99a4985"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f8d89bb106d47ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98b2ab37c29442d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97f2d4ffb58b4b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb0f6422b99a4985" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fresenius 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2084488209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>93,850</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,820</x:t>
+          <x:t>93,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...504 lines deleted...]
-          <x:t>93,855</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>