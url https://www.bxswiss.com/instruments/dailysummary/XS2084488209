--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bed54d159554f93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c5c962280394a33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb0f6422b99a4985"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6980bb392444980"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97f2d4ffb58b4b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb0f6422b99a4985" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0ce7d6e73814017" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6980bb392444980" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fresenius 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2084488209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>93,845</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,745</x:t>
-[...70 lines deleted...]
-          <x:t>93,870</x:t>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,855</x:t>
-[...16 lines deleted...]
-          <x:t>93,930</x:t>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,875</x:t>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,955</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>94,365</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>