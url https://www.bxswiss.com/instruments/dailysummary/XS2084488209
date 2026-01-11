--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c5c962280394a33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda1587322fd24eb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6980bb392444980"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d963c6ebaf84265"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0ce7d6e73814017" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6980bb392444980" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R276a82835905488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d963c6ebaf84265" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fresenius 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2084488209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>93,650</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,860</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,945</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>93,925</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,915</x:t>
-[...409 lines deleted...]
-          <x:t>93,790</x:t>
+          <x:t>94,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>