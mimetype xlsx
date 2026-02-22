--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda1587322fd24eb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b9c6bc462ca4654" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d963c6ebaf84265"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12b8017585434a21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R276a82835905488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d963c6ebaf84265" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re96ececed7ca4f31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12b8017585434a21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fresenius 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2084488209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>94,070</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,980</x:t>
-[...11 lines deleted...]
-          <x:t>93,930</x:t>
+          <x:t>93,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,950</x:t>
-[...33 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>94,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,970</x:t>
-[...11 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,010</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>18.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,840</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>93,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,980</x:t>
-[...183 lines deleted...]
-          <x:t>94,155</x:t>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,130</x:t>
-[...58 lines deleted...]
-          <x:t>94,035</x:t>
+          <x:t>94,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>