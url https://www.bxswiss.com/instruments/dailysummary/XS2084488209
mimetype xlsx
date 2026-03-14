--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b9c6bc462ca4654" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a17cd12ce0c458d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12b8017585434a21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafea27aa7e7c46a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re96ececed7ca4f31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12b8017585434a21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d4e13fd543d49dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafea27aa7e7c46a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fresenius 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2084488209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,840</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>23.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,915</x:t>
-[...4 lines deleted...]
-          <x:t>93,770</x:t>
+          <x:t>94,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,780</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>94,360</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>