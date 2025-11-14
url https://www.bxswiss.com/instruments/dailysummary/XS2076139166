--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a77e8e9cd6c49e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcef360789054a9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08e5414318be4f68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8eee06b8bb1341e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R882deb9a44a34459" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08e5414318be4f68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d4af8b67b2f45c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8eee06b8bb1341e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SpareBank 1 Boligkreditt HYPF 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2076139166</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,005</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>