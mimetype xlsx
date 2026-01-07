--- v1 (2025-11-14)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcef360789054a9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1de5670697b4ccc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8eee06b8bb1341e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7854ca235e5d4071"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d4af8b67b2f45c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8eee06b8bb1341e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbff9ab5468b04129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7854ca235e5d4071" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SpareBank 1 Boligkreditt HYPF 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2076139166</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,025</x:t>
-[...53 lines deleted...]
-          <x:t>91,195</x:t>
+          <x:t>90,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,105</x:t>
-        </x:is>
-[...570 lines deleted...]
-          <x:t>91,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>