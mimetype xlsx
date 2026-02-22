--- v2 (2026-01-07)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1de5670697b4ccc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50b259b15b764b4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7854ca235e5d4071"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38e82a7bbe0e4f0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbff9ab5468b04129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7854ca235e5d4071" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae41b35b774d49fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38e82a7bbe0e4f0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SpareBank 1 Boligkreditt HYPF 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2076139166</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>91,105</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>