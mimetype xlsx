--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50b259b15b764b4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46e41d94ea3b4723" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38e82a7bbe0e4f0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14b7d4d27fb2415a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae41b35b774d49fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38e82a7bbe0e4f0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafc4ed5f5c604df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14b7d4d27fb2415a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SpareBank 1 Boligkreditt HYPF 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2076139166</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>91,405</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,295</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>91,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,480</x:t>
-[...468 lines deleted...]
-          <x:t>91,910</x:t>
+          <x:t>91,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>