--- v0 (2025-11-21)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1e3ba5cc5e44225" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10906a2f1b0c43d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8623261f2e174276"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rded2449aadcb44b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba8d3318e16a4abf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8623261f2e174276" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a2fc00fe0614cf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rded2449aadcb44b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kommunalbanken 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2069102163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>91,005</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,000</x:t>
-[...75 lines deleted...]
-          <x:t>90,780</x:t>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,790</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>27.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,775</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>90,805</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,785</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>90,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,815</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>90,640</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>90,685</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,630</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>90,735</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>