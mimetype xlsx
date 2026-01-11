--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10906a2f1b0c43d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R383f38c915d94467" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rded2449aadcb44b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rded885c82c0345da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a2fc00fe0614cf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rded2449aadcb44b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12fd7383480f4cb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rded885c82c0345da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kommunalbanken 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2069102163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,760</x:t>
-[...102 lines deleted...]
-          <x:t>90,845</x:t>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,910</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>26.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,880</x:t>
-        </x:is>
-[...472 lines deleted...]
-          <x:t>90,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>