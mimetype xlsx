--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R383f38c915d94467" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4cc2329e1d74fc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rded885c82c0345da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ace6938ca1a485e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12fd7383480f4cb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rded885c82c0345da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea367939861140ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ace6938ca1a485e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kommunalbanken 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2069102163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,960</x:t>
-[...4 lines deleted...]
-          <x:t>90,925</x:t>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,950</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>08.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,965</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>90,910</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,870</x:t>
-[...4 lines deleted...]
-          <x:t>90,880</x:t>
+          <x:t>91,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>