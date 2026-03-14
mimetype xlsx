--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4cc2329e1d74fc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff3337a9383c4704" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ace6938ca1a485e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R580e61cb3ca94083"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea367939861140ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ace6938ca1a485e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4374a7fbf12749db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R580e61cb3ca94083" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kommunalbanken 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2069102163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>91,105</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,965</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,965</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>91,000</x:t>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,940</x:t>
-[...566 lines deleted...]
-          <x:t>91,605</x:t>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>