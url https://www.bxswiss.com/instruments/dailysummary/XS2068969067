--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R684bce77c237430a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4fc4fb977aa495d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0666428ccaf4f0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17c43373168d4be7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb357c25f17ef4763" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0666428ccaf4f0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re69a6041c1b647dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17c43373168d4be7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rabobank 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2068969067</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>97,825</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,825</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>97,850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>97,850</x:t>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,840</x:t>
+          <x:t>97,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,865</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>97,870</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,885</x:t>
-[...16 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>97,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,880</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>