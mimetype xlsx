--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4fc4fb977aa495d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd42c66c8884e4868" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17c43373168d4be7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd278d16515f4a49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re69a6041c1b647dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17c43373168d4be7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc252aa1257b452a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd278d16515f4a49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rabobank 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2068969067</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>98,045</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>