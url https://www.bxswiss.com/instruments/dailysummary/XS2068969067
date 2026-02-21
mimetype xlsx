--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd42c66c8884e4868" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e458a0343fd48a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd278d16515f4a49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45be96d3cbc74096"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc252aa1257b452a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd278d16515f4a49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26aaa817815b44e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45be96d3cbc74096" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rabobank 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2068969067</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>98,430</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>