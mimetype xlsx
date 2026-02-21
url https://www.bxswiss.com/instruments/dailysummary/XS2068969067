--- v3 (2026-02-21)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e458a0343fd48a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eb0dc3ad1294aef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45be96d3cbc74096"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bb1c39dd24d41cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26aaa817815b44e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45be96d3cbc74096" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e0ef012ed8d42a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bb1c39dd24d41cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rabobank 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2068969067</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>