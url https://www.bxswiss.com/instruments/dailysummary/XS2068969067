--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eb0dc3ad1294aef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47efdad7909a4c71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bb1c39dd24d41cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R390d1b20f2bc425c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e0ef012ed8d42a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bb1c39dd24d41cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28d16d9ba8ea4068" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R390d1b20f2bc425c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rabobank 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2068969067</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>98,590</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,590</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>98,615</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>98,645</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,645</x:t>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>13.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,660</x:t>
-[...26 lines deleted...]
-          <x:t>98,660</x:t>
+          <x:t>98,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,655</x:t>
-[...107 lines deleted...]
-          <x:t>98,685</x:t>
+          <x:t>98,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>