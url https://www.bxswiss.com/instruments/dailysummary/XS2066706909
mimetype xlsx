--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra90ef1d2d8b140ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5850c8987a9a4991" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0d51fa723cf41fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5f7036856df4274"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06e5750646b04968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0d51fa723cf41fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c07942830d143af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5f7036856df4274" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ENEL Finance International 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2066706909</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>96,555</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,570</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>18.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,605</x:t>
-[...4 lines deleted...]
-          <x:t>96,565</x:t>
+          <x:t>96,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,580</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>96,565</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,585</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>96,585</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>