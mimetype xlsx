--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5850c8987a9a4991" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6067c7e609904cba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5f7036856df4274"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7f2f9e97b6b4014"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c07942830d143af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5f7036856df4274" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2284b5c62744cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7f2f9e97b6b4014" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ENEL Finance International 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2066706909</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,925</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,830</x:t>
-[...11 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,865</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>96,885</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>96,865</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>