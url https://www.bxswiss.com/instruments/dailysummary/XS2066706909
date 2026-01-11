--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6067c7e609904cba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb271b073deea434e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7f2f9e97b6b4014"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref1c94a8a24c4445"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2284b5c62744cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7f2f9e97b6b4014" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3976ba464c0b432b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref1c94a8a24c4445" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ENEL Finance International 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2066706909</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>96,890</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,870</x:t>
-[...16 lines deleted...]
-          <x:t>96,890</x:t>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,885</x:t>
-[...38 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,935</x:t>
-[...16 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,940</x:t>
-[...21 lines deleted...]
-          <x:t>96,925</x:t>
+          <x:t>96,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,905</x:t>
-[...16 lines deleted...]
-          <x:t>96,930</x:t>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,915</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>96,985</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,985</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>03.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,990</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>04.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,985</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...288 lines deleted...]
-          <x:t>96,990</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,980</x:t>
-[...4 lines deleted...]
-          <x:t>96,990</x:t>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>