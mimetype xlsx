--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb271b073deea434e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96ba4776432448bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref1c94a8a24c4445"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2755ec0cbb9a4d1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3976ba464c0b432b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref1c94a8a24c4445" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46dfb5978e53492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2755ec0cbb9a4d1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ENEL Finance International 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2066706909</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>97,155</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>