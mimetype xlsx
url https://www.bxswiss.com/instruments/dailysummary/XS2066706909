--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96ba4776432448bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R575301eab41e4fc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2755ec0cbb9a4d1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5edd4757221a4a10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46dfb5978e53492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2755ec0cbb9a4d1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1713a658c5a74cbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5edd4757221a4a10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ENEL Finance International 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2066706909</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,225</x:t>
-[...75 lines deleted...]
-          <x:t>97,240</x:t>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,240</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>97,300</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>29.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,315</x:t>
-[...441 lines deleted...]
-          <x:t>97,370</x:t>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>