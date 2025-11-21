--- v0 (2025-10-05)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd409d841428e4c52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52ae6a68c31248de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17e523baeeb548c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf883d0f8d5b443c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56324626abc146eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17e523baeeb548c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb4c3f3eec114ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf883d0f8d5b443c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sumitomo Mitsui Banking HYPF 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2066652897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>91,385</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>