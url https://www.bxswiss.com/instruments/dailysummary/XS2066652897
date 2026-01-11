--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52ae6a68c31248de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab92fde03a014784" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf883d0f8d5b443c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cf47be7e3ef4b05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb4c3f3eec114ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf883d0f8d5b443c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra72dce7b5eac4d88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cf47be7e3ef4b05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sumitomo Mitsui Banking HYPF 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2066652897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...122 lines deleted...]
-          <x:t>91,665</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,680</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>91,665</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,650</x:t>
+          <x:t>91,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,695</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,740</x:t>
-        </x:is>
-[...467 lines deleted...]
-          <x:t>91,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>