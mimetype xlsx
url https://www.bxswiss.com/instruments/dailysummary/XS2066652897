--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab92fde03a014784" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfc0a6c16e324f87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cf47be7e3ef4b05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a7643ba28e643dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra72dce7b5eac4d88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cf47be7e3ef4b05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f1f8162f0a444dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a7643ba28e643dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sumitomo Mitsui Banking HYPF 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2066652897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>91,685</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,760</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>91,680</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,740</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>08.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,735</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>91,740</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>