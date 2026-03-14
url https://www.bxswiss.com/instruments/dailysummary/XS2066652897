--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfc0a6c16e324f87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75ed9ba974e44037" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a7643ba28e643dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60fe9c59d4b44f76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f1f8162f0a444dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a7643ba28e643dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d7dafbbdf1043f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60fe9c59d4b44f76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sumitomo Mitsui Banking HYPF 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2066652897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>92,120</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,060</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>92,230</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>92,330</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>