--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33d5710dd9d94695" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b39920bf9bc4ddb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eb38030adbc41e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2582121ca3dd40a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re388f54d112d4061" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eb38030adbc41e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R683fd55b36174f0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2582121ca3dd40a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SR-Boligkreditt HYPF 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2063288190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...431 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,850</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>97,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>97,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,855</x:t>
-[...11 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,860</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>97,870</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,885</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,870</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>97,880</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>97,875</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,880</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,895</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>