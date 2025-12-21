--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b39920bf9bc4ddb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ea9b0929ff44a70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2582121ca3dd40a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R279298db11c64127"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R683fd55b36174f0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2582121ca3dd40a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbead8695eccf4ecb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R279298db11c64127" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SR-Boligkreditt HYPF 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2063288190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>98,070</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>