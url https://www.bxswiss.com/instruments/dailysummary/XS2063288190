--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ea9b0929ff44a70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2ecdb498ff4440c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R279298db11c64127"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R172cc5af7f7f459a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbead8695eccf4ecb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R279298db11c64127" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R819c5b39a20a4f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R172cc5af7f7f459a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SR-Boligkreditt HYPF 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2063288190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,255</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>98,280</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>04.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,290</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>98,295</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,290</x:t>
-[...118 lines deleted...]
-        <x:is>
           <x:t>98,300</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,275</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>98,300</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>98,285</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,320</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,300</x:t>
-[...16 lines deleted...]
-          <x:t>98,305</x:t>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,305</x:t>
-[...58 lines deleted...]
-          <x:t>98,325</x:t>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>