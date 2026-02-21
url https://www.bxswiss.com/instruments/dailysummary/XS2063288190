--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2ecdb498ff4440c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R312ef81c8f6949be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R172cc5af7f7f459a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9c5691be35f45ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R819c5b39a20a4f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R172cc5af7f7f459a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0647e084f8b4e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9c5691be35f45ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SR-Boligkreditt HYPF 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2063288190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>98,470</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>