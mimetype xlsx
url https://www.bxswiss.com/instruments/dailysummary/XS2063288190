--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R312ef81c8f6949be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a8e7f5a34874ebd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9c5691be35f45ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfa16baa41d44ff2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0647e084f8b4e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9c5691be35f45ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9992e42bd79f475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfa16baa41d44ff2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SR-Boligkreditt HYPF 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2063288190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,635</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>98,640</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>10.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,645</x:t>
-[...4 lines deleted...]
-          <x:t>98,630</x:t>
+          <x:t>98,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,640</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>98,645</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,640</x:t>
-[...11 lines deleted...]
-          <x:t>12.02.2026</x:t>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,655</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>98,660</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,665</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,660</x:t>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,665</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>98,670</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,670</x:t>
-[...60 lines deleted...]
-          <x:t>19.02.2026</x:t>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,700</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>98,700</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>