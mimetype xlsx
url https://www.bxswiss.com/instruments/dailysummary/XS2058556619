--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re501368cec4a4c65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R193ae537db504f52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b9e988e3b674128"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R780d1a8673824861"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1b76038b3974f6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b9e988e3b674128" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c37b5c9b16f46b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R780d1a8673824861" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Thermo Fisher Scientific 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2058556619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>88,295</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,225</x:t>
-[...463 lines deleted...]
-          <x:t>88,475</x:t>
+          <x:t>88,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>