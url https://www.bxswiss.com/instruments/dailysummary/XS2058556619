--- v1 (2025-10-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R193ae537db504f52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72d9794998064695" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R780d1a8673824861"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc28d69884ec1457a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c37b5c9b16f46b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R780d1a8673824861" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re426e0e211204874" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc28d69884ec1457a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Thermo Fisher Scientific 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2058556619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>88,220</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,110</x:t>
-[...11 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>88,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,140</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>29.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,640</x:t>
-[...58 lines deleted...]
-          <x:t>88,150</x:t>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>88,935</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,475</x:t>
-[...404 lines deleted...]
-          <x:t>89,190</x:t>
+          <x:t>88,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>