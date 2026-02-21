--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72d9794998064695" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R268bca8c3160406b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc28d69884ec1457a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabd857cbe66c4681"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re426e0e211204874" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc28d69884ec1457a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6166c1cdb0124bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabd857cbe66c4681" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Thermo Fisher Scientific 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2058556619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>88,170</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,150</x:t>
-[...43 lines deleted...]
-          <x:t>88,200</x:t>
+          <x:t>88,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,175</x:t>
-[...205 lines deleted...]
-          <x:t>88,155</x:t>
+          <x:t>88,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,100</x:t>
-[...43 lines deleted...]
-          <x:t>88,385</x:t>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,305</x:t>
-[...70 lines deleted...]
-          <x:t>88,540</x:t>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,540</x:t>
-[...58 lines deleted...]
-          <x:t>88,455</x:t>
+          <x:t>89,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>