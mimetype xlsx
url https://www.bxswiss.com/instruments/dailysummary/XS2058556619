--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R268bca8c3160406b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d99222140ac46d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabd857cbe66c4681"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b0256e70b374c6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6166c1cdb0124bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabd857cbe66c4681" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ce272aea3cc45d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b0256e70b374c6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Thermo Fisher Scientific 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2058556619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>88,745</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,610</x:t>
-[...53 lines deleted...]
-          <x:t>88,515</x:t>
+          <x:t>88,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,535</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>89,175</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>