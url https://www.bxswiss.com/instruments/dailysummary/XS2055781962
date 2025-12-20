--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd748b138256e4aea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbe3b44d60634957" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bd34dfc6ef546c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1b505bc42a04bc5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33d78c7502de4b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bd34dfc6ef546c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8100cf2143354a0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1b505bc42a04bc5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EIB 34</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2055781962</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,250</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,090</x:t>
+          <x:t>78,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,110</x:t>
-        </x:is>
-[...619 lines deleted...]
-          <x:t>79,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>