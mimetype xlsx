--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbe3b44d60634957" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re781531975fc451b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1b505bc42a04bc5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30bd537067b64c4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8100cf2143354a0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1b505bc42a04bc5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d06c03affa14c66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30bd537067b64c4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EIB 34</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2055781962</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...95 lines deleted...]
-          <x:t>79,080</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,125</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>25.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,330</x:t>
-[...156 lines deleted...]
-          <x:t>78,955</x:t>
+          <x:t>78,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,060</x:t>
-        </x:is>
-[...332 lines deleted...]
-          <x:t>78,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>