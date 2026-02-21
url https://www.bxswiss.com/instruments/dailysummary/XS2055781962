--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re781531975fc451b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R640d4a6f08684c49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30bd537067b64c4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2148153289414c37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d06c03affa14c66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30bd537067b64c4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ecf242e66a347d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2148153289414c37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EIB 34</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2055781962</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>79,125</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,135</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>79,040</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,145</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>79,060</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>