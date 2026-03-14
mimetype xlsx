--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R640d4a6f08684c49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9fb9d5c09a94389" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2148153289414c37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21e79bca2e6d43b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ecf242e66a347d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2148153289414c37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9445c569dee14aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21e79bca2e6d43b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EIB 34</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2055781962</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>79,225</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,250</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...600 lines deleted...]
-          <x:t>80,140</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>