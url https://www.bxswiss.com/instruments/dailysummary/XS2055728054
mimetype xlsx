--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb693c6310dd44b0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52c8d17822324f16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17a45b09b78d4213"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f3e1f505b1243c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R254f42e335fe4f89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17a45b09b78d4213" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R163758d978db40aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f3e1f505b1243c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BMW Finance 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2055728054</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,230</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>96,195</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,195</x:t>
+          <x:t>96,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,350</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>96,325</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...226 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,240</x:t>
-[...155 lines deleted...]
-        <x:is>
           <x:t>96,325</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,325</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>96,370</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,370</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>