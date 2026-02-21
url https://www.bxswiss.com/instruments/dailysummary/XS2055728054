--- v1 (2025-10-26)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52c8d17822324f16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ae082a0878e42e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f3e1f505b1243c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a64eab608c54626"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R163758d978db40aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f3e1f505b1243c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33b0ed36b2714730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a64eab608c54626" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BMW Finance 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2055728054</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,735</x:t>
-[...21 lines deleted...]
-          <x:t>96,670</x:t>
+          <x:t>96,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,660</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>96,775</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>96,720</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,815</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>96,730</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>