--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ae082a0878e42e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb027c6fbbaea4455" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a64eab608c54626"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R461d1f4e3223497e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33b0ed36b2714730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a64eab608c54626" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44defcb573f44c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R461d1f4e3223497e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BMW Finance 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2055728054</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,835</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...605 lines deleted...]
-          <x:t>97,090</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>