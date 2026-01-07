--- v0 (2025-10-06)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76540277101648c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17c222f609fe405e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff7ef5d069fe47c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R618e00495de646de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R153bca7c47eb4044" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff7ef5d069fe47c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0753b18642584de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R618e00495de646de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wintershall Dea Finance 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2055079904</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,430 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>88,460</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,420</x:t>
-[...318 lines deleted...]
-          <x:t>89,005</x:t>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,950</x:t>
-[...16 lines deleted...]
-          <x:t>89,100</x:t>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,680</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>89,160</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>