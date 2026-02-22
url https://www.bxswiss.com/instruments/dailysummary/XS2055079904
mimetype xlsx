--- v1 (2026-01-07)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17c222f609fe405e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5438e4229114e5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R618e00495de646de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84b28b52eb834cea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0753b18642584de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R618e00495de646de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R989dfa4ca11345ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84b28b52eb834cea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wintershall Dea Finance 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2055079904</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,430 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>88,465</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,415</x:t>
-[...301 lines deleted...]
-          <x:t>88,360</x:t>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>