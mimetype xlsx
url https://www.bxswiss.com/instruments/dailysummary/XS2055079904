--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5438e4229114e5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c7b5a38bd3d4082" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84b28b52eb834cea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6455024798cb4266"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R989dfa4ca11345ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84b28b52eb834cea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc97c8dbc0e234ded" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6455024798cb4266" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wintershall Dea Finance 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2055079904</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>88,830</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,630</x:t>
-[...139 lines deleted...]
-          <x:t>89,590</x:t>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,705</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>89,805</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>