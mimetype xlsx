--- v0 (2025-10-08)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79c9e04a6ec14eb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c7ddc17f30243cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4bb718759884206"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R517be11e8e404eed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91cd918ce32e4572" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4bb718759884206" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cb6781ed59b4858" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R517be11e8e404eed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wintershall Dea Finance 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2054210252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,065</x:t>
-[...21 lines deleted...]
-          <x:t>95,015</x:t>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,835</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>94,920</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>94,560</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,945</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>95,130</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,050</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>95,010</x:t>
-        </x:is>
-[...322 lines deleted...]
-          <x:t>95,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>