--- v1 (2025-11-16)
+++ v2 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c7ddc17f30243cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15d73f9bf8064314" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R517be11e8e404eed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda6886793bdb432d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cb6781ed59b4858" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R517be11e8e404eed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3eb12f2d50974427" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda6886793bdb432d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wintershall Dea Finance 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2054210252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>95,305</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,290</x:t>
-[...16 lines deleted...]
-          <x:t>95,380</x:t>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,300</x:t>
-[...421 lines deleted...]
-          <x:t>95,260</x:t>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,075</x:t>
-[...16 lines deleted...]
-          <x:t>95,115</x:t>
+          <x:t>94,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,900</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>95,010</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>