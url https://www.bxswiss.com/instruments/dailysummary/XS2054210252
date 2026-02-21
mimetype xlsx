--- v2 (2025-12-26)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15d73f9bf8064314" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R356a2efbe5154d65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda6886793bdb432d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8831bdfd114b4f4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3eb12f2d50974427" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda6886793bdb432d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96e6c1fd223c4649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8831bdfd114b4f4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wintershall Dea Finance 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2054210252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>95,225</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>95,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>95,115</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>94,875</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>