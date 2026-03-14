--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R356a2efbe5154d65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfde6909c32804d39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8831bdfd114b4f4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45ea959dbd4c4b58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96e6c1fd223c4649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8831bdfd114b4f4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra840725d3c14467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45ea959dbd4c4b58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wintershall Dea Finance 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2054210252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>95,075</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,690</x:t>
-[...21 lines deleted...]
-          <x:t>95,245</x:t>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,105</x:t>
-[...593 lines deleted...]
-          <x:t>95,605</x:t>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>