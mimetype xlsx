--- v0 (2025-10-24)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R864c5ae2795f4301" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cbf4a4079ef4dc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc6c9917d0cf4012"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R094031e9b7e247d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ce0c88cd0ea4b01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc6c9917d0cf4012" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d52157b40bb43e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R094031e9b7e247d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AT &amp; T 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2051362072</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>91,335</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,135</x:t>
-[...48 lines deleted...]
-          <x:t>91,480</x:t>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,370</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>91,455</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,370</x:t>
-[...43 lines deleted...]
-          <x:t>91,540</x:t>
+          <x:t>91,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,500</x:t>
-[...215 lines deleted...]
-          <x:t>92,035</x:t>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>