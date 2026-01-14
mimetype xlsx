--- v1 (2025-11-13)
+++ v2 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cbf4a4079ef4dc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4136314db354645" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R094031e9b7e247d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8642658349a34635"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d52157b40bb43e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R094031e9b7e247d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c8fd3de87c44390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8642658349a34635" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AT &amp; T 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2051362072</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>91,485</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,430</x:t>
-[...16 lines deleted...]
-          <x:t>91,575</x:t>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,435</x:t>
-[...571 lines deleted...]
-          <x:t>91,565</x:t>
+          <x:t>91,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>