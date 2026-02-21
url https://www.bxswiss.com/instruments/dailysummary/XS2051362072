--- v2 (2026-01-14)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4136314db354645" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra84418aff858426f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8642658349a34635"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb20831a36dd4fd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c8fd3de87c44390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8642658349a34635" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc769840099104763" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb20831a36dd4fd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AT &amp; T 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2051362072</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,735</x:t>
-[...296 lines deleted...]
-          <x:t>92,005</x:t>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>92,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>92,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>91,625</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,625</x:t>
-[...31 lines deleted...]
-          <x:t>91,705</x:t>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>