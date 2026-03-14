--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra84418aff858426f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d4de25101f94267" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb20831a36dd4fd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf01f3b8596874247"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc769840099104763" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb20831a36dd4fd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c49c5b70c554906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf01f3b8596874247" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AT &amp; T 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2051362072</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>91,855</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,715</x:t>
-[...205 lines deleted...]
-          <x:t>91,990</x:t>
+          <x:t>91,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,950</x:t>
-[...350 lines deleted...]
-          <x:t>92,275</x:t>
+          <x:t>91,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>