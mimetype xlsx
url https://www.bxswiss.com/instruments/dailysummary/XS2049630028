--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9de7de571e4c4a4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra334c449f6f74d2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bf9ae660d9e4c2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83e2b405336542a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R807159b203b14eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bf9ae660d9e4c2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3e3a963d4e245e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83e2b405336542a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mizuho Financial Group 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2049630028</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>90,970</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,040</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>91,125</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,080</x:t>
-[...16 lines deleted...]
-          <x:t>91,250</x:t>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,250</x:t>
-[...490 lines deleted...]
-          <x:t>91,360</x:t>
+          <x:t>91,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>