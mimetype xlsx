--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra334c449f6f74d2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R547a2fef9d684bca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83e2b405336542a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7261b25b099f4c7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3e3a963d4e245e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83e2b405336542a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fa92c1eb1554c70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7261b25b099f4c7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mizuho Financial Group 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2049630028</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,215</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>91,190</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,245</x:t>
-[...48 lines deleted...]
-          <x:t>91,185</x:t>
+          <x:t>91,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,040</x:t>
-[...161 lines deleted...]
-          <x:t>91,360</x:t>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,405</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,465</x:t>
-[...4 lines deleted...]
-          <x:t>91,355</x:t>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,395</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>91,430</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,430</x:t>
-[...75 lines deleted...]
-          <x:t>91,500</x:t>
+          <x:t>91,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,550</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,520</x:t>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,600</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>91,800</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>