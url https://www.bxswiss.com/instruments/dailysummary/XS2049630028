--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R547a2fef9d684bca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8bc0f366c7a47f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7261b25b099f4c7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ea8b060fa974a30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fa92c1eb1554c70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7261b25b099f4c7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12bab7e2b49c4f80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ea8b060fa974a30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mizuho Financial Group 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2049630028</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>91,575</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>