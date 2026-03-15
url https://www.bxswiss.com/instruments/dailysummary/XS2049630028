--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8bc0f366c7a47f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra69cddeb43b844ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ea8b060fa974a30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cf4f39f262840b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12bab7e2b49c4f80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ea8b060fa974a30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ec6587688784ccc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cf4f39f262840b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mizuho Financial Group 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2049630028</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>91,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,695</x:t>
-[...598 lines deleted...]
-          <x:t>92,200</x:t>
+          <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>