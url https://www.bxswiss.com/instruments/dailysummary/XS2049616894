--- v0 (2025-10-25)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00c2f31a8fb24ff8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51ee89783f3c499a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f4389122da54d8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2ee37892c9d4c4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01c76d07e3f04f98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f4389122da54d8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9698f2a1d4e54aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2ee37892c9d4c4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siemens 34</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2049616894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>81,000</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,920</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>81,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,655</x:t>
-[...571 lines deleted...]
-          <x:t>81,935</x:t>
+          <x:t>80,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>