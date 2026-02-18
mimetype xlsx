--- v1 (2026-01-08)
+++ v2 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51ee89783f3c499a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a2cdb51d82946cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2ee37892c9d4c4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6167bdddc025464d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9698f2a1d4e54aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2ee37892c9d4c4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeab2280dda04cd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6167bdddc025464d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siemens 34</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2049616894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,260</x:t>
-[...43 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>80,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,390</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>80,625</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,275</x:t>
-[...227 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>80,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,015</x:t>
-[...4 lines deleted...]
-          <x:t>80,850</x:t>
+          <x:t>80,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>