--- v2 (2026-02-18)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a2cdb51d82946cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d6301304fc34815" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6167bdddc025464d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b171a84ab144104"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeab2280dda04cd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6167bdddc025464d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c5c545fe1964302" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b171a84ab144104" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siemens 34</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2049616894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>80,365</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,390</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>80,940</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,775</x:t>
-[...323 lines deleted...]
-          <x:t>81,450</x:t>
+          <x:t>80,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>