--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R093dad7384274cfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fee11bb6b29416b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae24178914aa45a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7dbc0461a374689"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19ba2f269b4941af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae24178914aa45a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31f37b4dc1134044" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7dbc0461a374689" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siemens Financieringsmaatschappij 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2049616621</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>92,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>92,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,370</x:t>
-[...80 lines deleted...]
-          <x:t>92,515</x:t>
+          <x:t>92,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,580</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>92,855</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,850</x:t>
-[...490 lines deleted...]
-          <x:t>92,560</x:t>
+          <x:t>93,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>