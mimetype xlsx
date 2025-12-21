--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fee11bb6b29416b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8096a55295b440c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7dbc0461a374689"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2004434311ab45aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31f37b4dc1134044" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7dbc0461a374689" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc240d987511f490d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2004434311ab45aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siemens Financieringsmaatschappij 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2049616621</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,605</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,560</x:t>
-[...43 lines deleted...]
-          <x:t>92,570</x:t>
+          <x:t>92,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,380</x:t>
-[...26 lines deleted...]
-          <x:t>92,380</x:t>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,460</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>92,535</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,505</x:t>
-[...458 lines deleted...]
-          <x:t>93,260</x:t>
+          <x:t>92,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>