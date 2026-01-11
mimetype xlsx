--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8096a55295b440c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a4656097c4e4b7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2004434311ab45aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd585cbcd8804094"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc240d987511f490d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2004434311ab45aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7396ece43c7e4190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd585cbcd8804094" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siemens Financieringsmaatschappij 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2049616621</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>92,455</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,425</x:t>
-[...21 lines deleted...]
-          <x:t>92,355</x:t>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,410</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>24.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,530</x:t>
-[...301 lines deleted...]
-          <x:t>92,320</x:t>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,330</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>92,045</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>