--- v3 (2026-01-11)
+++ v4 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a4656097c4e4b7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36f41c48e73c4b31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd585cbcd8804094"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R166a9c9b8eb14cea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7396ece43c7e4190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd585cbcd8804094" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a37ce7653064aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R166a9c9b8eb14cea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siemens Financieringsmaatschappij 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2049616621</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>92,210</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,385</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>92,385</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,450</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>92,405</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,395</x:t>
+          <x:t>92,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>