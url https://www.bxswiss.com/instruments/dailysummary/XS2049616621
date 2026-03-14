--- v4 (2026-02-18)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36f41c48e73c4b31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40316d19e22b4502" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R166a9c9b8eb14cea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea11c05a65ac4335"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a37ce7653064aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R166a9c9b8eb14cea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcb9622aed9542fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea11c05a65ac4335" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siemens Financieringsmaatschappij 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2049616621</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,395</x:t>
-[...576 lines deleted...]
-          <x:t>92,945</x:t>
+          <x:t>91,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>