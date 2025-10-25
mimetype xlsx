--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf45e3519ee714ce9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fbb35b81a104a36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7634751bfbf14328"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a7161c2a0e649df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R728c134778b741d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7634751bfbf14328" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a10351a3ccb4568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a7161c2a0e649df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vier Gas Transport 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2049090595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>89,505</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,640</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>89,590</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,590</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>89,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,740</x:t>
+          <x:t>89,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>89,765</x:t>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,720</x:t>
-[...296 lines deleted...]
-          <x:t>89,660</x:t>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>30.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,845</x:t>
-[...90 lines deleted...]
-          <x:t>89,815</x:t>
+          <x:t>90,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>