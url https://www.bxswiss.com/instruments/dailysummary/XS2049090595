--- v1 (2025-10-25)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fbb35b81a104a36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d6d900eb3884a38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a7161c2a0e649df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcca5023efcb141ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a10351a3ccb4568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a7161c2a0e649df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fcc32e9101040c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcca5023efcb141ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vier Gas Transport 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2049090595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>89,660</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>89,715</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,820</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...236 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,005</x:t>
-        </x:is>
-[...241 lines deleted...]
-          <x:t>90,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>