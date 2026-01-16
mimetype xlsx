--- v2 (2025-12-27)
+++ v3 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d6d900eb3884a38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re61ca2524e664d47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcca5023efcb141ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eed315da2944baa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fcc32e9101040c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcca5023efcb141ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26939f7f483443ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eed315da2944baa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vier Gas Transport 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2049090595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>90,130</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,925</x:t>
-[...544 lines deleted...]
-          <x:t>90,005</x:t>
+          <x:t>90,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>