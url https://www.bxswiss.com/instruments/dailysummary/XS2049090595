--- v3 (2026-01-16)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re61ca2524e664d47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fdebfc5e01243dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eed315da2944baa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc64d3de6b1e4e48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26939f7f483443ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eed315da2944baa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c0a91caabf24d5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc64d3de6b1e4e48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vier Gas Transport 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2049090595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...284 lines deleted...]
-          <x:t>90,205</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,480</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>08.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,505</x:t>
-[...70 lines deleted...]
-          <x:t>13.01.2026</x:t>
+          <x:t>90,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,405</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>90,345</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,515</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>90,495</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>