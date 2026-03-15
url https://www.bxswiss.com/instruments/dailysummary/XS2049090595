--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fdebfc5e01243dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R977d1a9b0b2d4146" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc64d3de6b1e4e48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0648f10a82574920"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c0a91caabf24d5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc64d3de6b1e4e48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R705b1f8d527f4c57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0648f10a82574920" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vier Gas Transport 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2049090595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>90,580</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>90,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>90,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,470</x:t>
-[...593 lines deleted...]
-          <x:t>91,145</x:t>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>