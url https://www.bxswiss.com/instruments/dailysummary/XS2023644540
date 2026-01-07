--- v0 (2025-10-03)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87f3bdebc2b64c61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R757c522974d6446d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ebfccb3d3e94e04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e1c77cc73ce4c41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e87314f8b3e4c0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ebfccb3d3e94e04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73f4c1374784491f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e1c77cc73ce4c41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Merck 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2023644540</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>88,725</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,675</x:t>
-[...26 lines deleted...]
-          <x:t>88,810</x:t>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,965</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,980</x:t>
-[...4 lines deleted...]
-          <x:t>88,830</x:t>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,920</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>88,755</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>