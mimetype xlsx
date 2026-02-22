--- v1 (2026-01-07)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R757c522974d6446d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffc2560b5add4f7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e1c77cc73ce4c41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2c0bc466ff141bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73f4c1374784491f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e1c77cc73ce4c41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42298433a4ba4536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2c0bc466ff141bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Merck 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2023644540</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>89,260</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>