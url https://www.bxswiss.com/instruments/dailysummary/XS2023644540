--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffc2560b5add4f7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44477cff8a0d4372" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2c0bc466ff141bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13a94d42f38f4b3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42298433a4ba4536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2c0bc466ff141bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3743f1afc95342c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13a94d42f38f4b3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Merck 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2023644540</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>89,525</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,585</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.01.2026</x:t>
-[...451 lines deleted...]
-          <x:t>89,845</x:t>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>