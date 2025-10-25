--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74aa1a6a74f64bcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R218fd11dadc44ec5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R182e17c1c4044ec7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R345261c0c6c64977"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5b83502a24948fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R182e17c1c4044ec7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6fd0eb807aa4c47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R345261c0c6c64977" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BMW Finance 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2010447238</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>98,915</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,915</x:t>
-[...16 lines deleted...]
-          <x:t>98,925</x:t>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,915</x:t>
-[...16 lines deleted...]
-          <x:t>98,925</x:t>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,925</x:t>
+          <x:t>98,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,935</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...64 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,965</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,005</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>