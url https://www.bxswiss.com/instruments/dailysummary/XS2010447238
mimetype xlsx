--- v1 (2025-10-25)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R218fd11dadc44ec5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9953dc683fc54484" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R345261c0c6c64977"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree2601db87a64cfb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6fd0eb807aa4c47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R345261c0c6c64977" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b4d0b4cf8f2439c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree2601db87a64cfb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BMW Finance 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2010447238</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>99,105</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>