--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9953dc683fc54484" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec28d0879c874507" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree2601db87a64cfb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2be3cdff5db8467b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b4d0b4cf8f2439c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree2601db87a64cfb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R705ae9073b2f44be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2be3cdff5db8467b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BMW Finance 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2010447238</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,385</x:t>
+          <x:t>99,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,365</x:t>
-[...146 lines deleted...]
-          <x:t>99,425</x:t>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,405</x:t>
-[...339 lines deleted...]
-        <x:is>
           <x:t>99,450</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>19.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,450</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>99,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,520</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>99,480</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>