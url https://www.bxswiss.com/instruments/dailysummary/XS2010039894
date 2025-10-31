--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R918cec962c374f41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R930306a7aa3944ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R413baf0390a241a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a3fadd698c84707"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dbaa2d9ab894ea1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R413baf0390a241a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0967eac983074352" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a3fadd698c84707" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZF Europe Finance 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2010039894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,010</x:t>
-[...21 lines deleted...]
-          <x:t>91,035</x:t>
+          <x:t>90,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,185</x:t>
+          <x:t>90,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>91,460</x:t>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,625</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...155 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,765</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>91,325</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>