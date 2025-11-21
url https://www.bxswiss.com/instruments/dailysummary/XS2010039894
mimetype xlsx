--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R930306a7aa3944ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84bccbe440bc427b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a3fadd698c84707"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2adfcf1953949d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0967eac983074352" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a3fadd698c84707" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10792b2f118242b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2adfcf1953949d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZF Europe Finance 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2010039894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>91,380</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,140</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...445 lines deleted...]
-          <x:t>90,035</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,760</x:t>
-[...112 lines deleted...]
-          <x:t>91,450</x:t>
+          <x:t>90,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>