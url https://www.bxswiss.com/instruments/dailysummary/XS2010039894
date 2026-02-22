--- v2 (2025-11-21)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84bccbe440bc427b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3d751e7602948d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2adfcf1953949d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5d0ce3182cc4cda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10792b2f118242b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2adfcf1953949d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refcd62db68dd4721" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5d0ce3182cc4cda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZF Europe Finance 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2010039894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>90,760</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>