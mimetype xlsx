--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3d751e7602948d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1435068894544a09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5d0ce3182cc4cda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ea8c259eeee49ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refcd62db68dd4721" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5d0ce3182cc4cda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb10a64d80eb40e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ea8c259eeee49ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZF Europe Finance 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2010039894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>95,785</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,880</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>95,840</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,675</x:t>
-[...48 lines deleted...]
-          <x:t>95,540</x:t>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,500</x:t>
-[...404 lines deleted...]
-          <x:t>95,690</x:t>
+          <x:t>95,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>