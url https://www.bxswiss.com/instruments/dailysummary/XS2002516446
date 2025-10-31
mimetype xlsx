--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28e8c783774f48b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c70cf34100c4acf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4a1ddaff72f428b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd79fb6db19104a25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R196d0258f42a4462" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4a1ddaff72f428b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R598e98e7d1f94a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd79fb6db19104a25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nederlandse Waterschapsbank 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2002516446</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>96,685</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,705</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>96,695</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,685</x:t>
-[...475 lines deleted...]
-          <x:t>96,705</x:t>
+          <x:t>96,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,705</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>96,770</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,770</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>96,760</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>