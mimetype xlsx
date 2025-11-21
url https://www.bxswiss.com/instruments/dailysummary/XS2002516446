--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c70cf34100c4acf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8acddda2bfe34b9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd79fb6db19104a25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c57e3e28ec44a01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R598e98e7d1f94a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd79fb6db19104a25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53b87da362664464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c57e3e28ec44a01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nederlandse Waterschapsbank 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2002516446</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,925</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>16.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>96,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,915</x:t>
-[...11 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>96,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,925</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>96,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,955</x:t>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,970</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,980</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>96,965</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,975</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>24.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,985</x:t>
-[...117 lines deleted...]
-          <x:t>96,940</x:t>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>