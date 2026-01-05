--- v2 (2025-11-21)
+++ v3 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8acddda2bfe34b9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2284fd6dc3349f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c57e3e28ec44a01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99aad6721b044f91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53b87da362664464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c57e3e28ec44a01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7e5e2aa573641c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99aad6721b044f91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nederlandse Waterschapsbank 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2002516446</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...68 lines deleted...]
-          <x:t>96,955</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,970</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...496 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,005</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>20.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,010</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>