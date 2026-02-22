--- v3 (2026-01-05)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2284fd6dc3349f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a8b468029a24a6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99aad6721b044f91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72ebf189d52f4b61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7e5e2aa573641c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99aad6721b044f91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69d54304388e4e5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72ebf189d52f4b61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nederlandse Waterschapsbank 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2002516446</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>97,190</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>