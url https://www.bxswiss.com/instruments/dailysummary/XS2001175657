--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20b4856fd3cb452b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad04ed2c7eec4bc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f277deb5cb941c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac4188c9c15b46a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf814808d076c4a92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f277deb5cb941c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40d7f2a70ec4450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac4188c9c15b46a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Koninklijke Philips 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2001175657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>98,885</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,885</x:t>
-[...16 lines deleted...]
-          <x:t>98,905</x:t>
+          <x:t>98,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,900</x:t>
+          <x:t>98,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,915</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,920</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>98,915</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,920</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,935</x:t>
-[...16 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,955</x:t>
-[...43 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>98,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,965</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>98,940</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,965</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>30.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,970</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>98,970</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>