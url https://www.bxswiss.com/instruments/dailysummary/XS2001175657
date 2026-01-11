--- v1 (2025-10-23)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad04ed2c7eec4bc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77c008031f094f9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac4188c9c15b46a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7366321c996442f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40d7f2a70ec4450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac4188c9c15b46a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0b580f267be4ecb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7366321c996442f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Koninklijke Philips 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2001175657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>99,070</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>