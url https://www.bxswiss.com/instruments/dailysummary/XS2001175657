--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77c008031f094f9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56b4b8afd9794235" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7366321c996442f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref967242d2fe4f02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0b580f267be4ecb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7366321c996442f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdf9b4c8096d430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref967242d2fe4f02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Koninklijke Philips 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2001175657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>99,400</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>