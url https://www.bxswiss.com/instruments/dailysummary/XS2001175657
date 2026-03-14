--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56b4b8afd9794235" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45efb67e14594e08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref967242d2fe4f02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37b13960a2ad4efe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdf9b4c8096d430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref967242d2fe4f02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8b56cac25eb4e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37b13960a2ad4efe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Koninklijke Philips 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS2001175657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>99,520</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,515</x:t>
-[...21 lines deleted...]
-          <x:t>99,540</x:t>
+          <x:t>99,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...4 lines deleted...]
-          <x:t>99,525</x:t>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,520</x:t>
-[...16 lines deleted...]
-          <x:t>99,525</x:t>
+          <x:t>99,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,535</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,565</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>