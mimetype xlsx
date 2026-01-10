--- v0 (2025-10-15)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6030b467bb654eb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R983c50e8dd464b45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35dd75246d434ffc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33f1675fa0b84fef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa4c496705414ca9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35dd75246d434ffc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59c6e67be77f4908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33f1675fa0b84fef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Citigroup 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1980064833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,240</x:t>
-[...21 lines deleted...]
-          <x:t>95,205</x:t>
+          <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,235</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>95,110</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,095</x:t>
-[...286 lines deleted...]
-          <x:t>95,140</x:t>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,265</x:t>
-        </x:is>
-[...224 lines deleted...]
-          <x:t>95,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>