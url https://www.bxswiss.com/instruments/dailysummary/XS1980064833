--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R983c50e8dd464b45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde3471a6202045d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33f1675fa0b84fef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40551084e6b5429f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59c6e67be77f4908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33f1675fa0b84fef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb77b72891dd64810" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40551084e6b5429f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Citigroup 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1980064833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...436 lines deleted...]
-          <x:t>95,245</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,215</x:t>
-[...31 lines deleted...]
-          <x:t>95,265</x:t>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>