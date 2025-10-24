--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R932cbd3fec104c96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a5f91c259e94f5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra60edb5a220a40f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc183be8780d428f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02d150e0df214f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra60edb5a220a40f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R277239ed19cb4b81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc183be8780d428f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siemens Financieringsmaatschappij 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1955187858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,515</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>02.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,505</x:t>
-[...31 lines deleted...]
-          <x:t>93,335</x:t>
+          <x:t>93,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,565</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>93,565</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,625</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>93,655</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,645</x:t>
-[...11 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>93,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,880</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>93,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,635</x:t>
-[...16 lines deleted...]
-          <x:t>93,720</x:t>
+          <x:t>93,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,615</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>93,825</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>93,710</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>