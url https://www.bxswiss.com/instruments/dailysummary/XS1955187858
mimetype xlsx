--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a5f91c259e94f5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfea9972843f4e4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc183be8780d428f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d53233e06c84e8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R277239ed19cb4b81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc183be8780d428f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra304c176c26c46a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d53233e06c84e8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siemens Financieringsmaatschappij 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1955187858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>93,745</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,645</x:t>
-[...43 lines deleted...]
-          <x:t>93,625</x:t>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,465</x:t>
-[...539 lines deleted...]
-          <x:t>94,205</x:t>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>