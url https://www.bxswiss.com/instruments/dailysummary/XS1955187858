--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfea9972843f4e4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56b3fbd25fce4157" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d53233e06c84e8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86782f93abb140fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra304c176c26c46a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d53233e06c84e8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e7ab604fd4c4f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86782f93abb140fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siemens Financieringsmaatschappij 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1955187858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>93,260</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,365</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>20.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,340</x:t>
-        </x:is>
-[...580 lines deleted...]
-          <x:t>92,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>