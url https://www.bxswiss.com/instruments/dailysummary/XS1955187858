--- v3 (2026-01-11)
+++ v4 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56b3fbd25fce4157" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf1345fe9bd64649" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86782f93abb140fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f18a39520214d85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e7ab604fd4c4f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86782f93abb140fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re62ae5eae77649a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f18a39520214d85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siemens Financieringsmaatschappij 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1955187858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,035</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>92,990</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,050</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>93,115</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,165</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>93,085</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,090</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>93,100</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,155</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>93,095</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,215</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>93,085</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,215</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>07.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,535</x:t>
-[...63 lines deleted...]
-          <x:t>93,340</x:t>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>