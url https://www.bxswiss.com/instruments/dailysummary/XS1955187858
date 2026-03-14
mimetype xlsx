--- v4 (2026-02-18)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf1345fe9bd64649" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6459f333ba63478a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f18a39520214d85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re479c840b7024d40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re62ae5eae77649a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f18a39520214d85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R606c9979886e42ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re479c840b7024d40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siemens Financieringsmaatschappij 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1955187858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,395</x:t>
-[...43 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>93,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,250</x:t>
-[...549 lines deleted...]
-          <x:t>93,530</x:t>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>