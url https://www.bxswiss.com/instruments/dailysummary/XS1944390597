--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36d93bbde10e4001" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdd63bdb96874c7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0f97b64f1f44eff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3795f84408c47cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7f9a076dd48431d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0f97b64f1f44eff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcda73b0716b34dee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3795f84408c47cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volkswagen Bank 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1944390597</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,070</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,055</x:t>
-[...11 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,070</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,060</x:t>
+          <x:t>100,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,075</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,080</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>05.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,090</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>100,085</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>100,090</x:t>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,085</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>100,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,085</x:t>
-[...4 lines deleted...]
-          <x:t>100,070</x:t>
+          <x:t>100,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,075</x:t>
-        </x:is>
-[...484 lines deleted...]
-          <x:t>100,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>