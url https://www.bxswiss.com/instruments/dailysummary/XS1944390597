--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdd63bdb96874c7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6eb88d25c1f94e11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3795f84408c47cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cfbe107b5d64afc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcda73b0716b34dee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3795f84408c47cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raad05491d9bb4ae8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cfbe107b5d64afc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volkswagen Bank 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1944390597</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>100,015</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,010</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>100,045</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>100,030</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,030</x:t>
-[...38 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,060</x:t>
-[...4 lines deleted...]
-          <x:t>100,045</x:t>
+          <x:t>100,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,050</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>100,075</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>