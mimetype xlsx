--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6eb88d25c1f94e11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R344bb590a3dd4c19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cfbe107b5d64afc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re93039fff36d49de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raad05491d9bb4ae8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cfbe107b5d64afc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6826749e6ad442b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re93039fff36d49de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volkswagen Bank 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1944390597</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,085</x:t>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,085</x:t>
-[...70 lines deleted...]
-          <x:t>100,080</x:t>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,065</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>100,080</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,065</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...344 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,055</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>100,070</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,045</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>100,060</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,045</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>100,065</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,045</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>100,060</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>