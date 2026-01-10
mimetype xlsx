--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R344bb590a3dd4c19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5c6bf84cc9c45ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re93039fff36d49de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6edfce6d4774fce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6826749e6ad442b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re93039fff36d49de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R969bb4cd545141c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6edfce6d4774fce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volkswagen Bank 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1944390597</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>100,060</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,055</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>100,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,050</x:t>
-[...6 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,050</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>100,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,050</x:t>
-[...303 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,020</x:t>
-[...26 lines deleted...]
-          <x:t>100,015</x:t>
+          <x:t>100,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>