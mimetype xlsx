--- v4 (2026-01-10)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5c6bf84cc9c45ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34813b6a30ee4939" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6edfce6d4774fce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R011fcc92fbd64c5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R969bb4cd545141c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6edfce6d4774fce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3b83a2684534d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R011fcc92fbd64c5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volkswagen Bank 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1944390597</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>100,035</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,030</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>100,015</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,025</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>100,010</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>