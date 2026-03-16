--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34813b6a30ee4939" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4c9ddf0aaaf4510" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R011fcc92fbd64c5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc112655e884c405b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3b83a2684534d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R011fcc92fbd64c5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cbd9fb006354f10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc112655e884c405b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volkswagen Bank 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1944390597</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,045</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>22.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>100,040</x:t>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,045</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,055</x:t>
-[...273 lines deleted...]
-        <x:is>
           <x:t>100,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,030</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>