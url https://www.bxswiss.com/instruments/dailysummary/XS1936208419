--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbea6dfb4b2f94e81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9b231086e1145f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d0c8cb7294c45b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raec6dad5fb1c40b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0adf488232c3497f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d0c8cb7294c45b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03bc98e41bf74003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raec6dad5fb1c40b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fresenius Finance 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1936208419</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>101,055</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>101,055</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,255</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,215</x:t>
+          <x:t>101,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,335</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...451 lines deleted...]
-          <x:t>101,145</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>