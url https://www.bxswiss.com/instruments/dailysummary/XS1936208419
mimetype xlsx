--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9b231086e1145f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R187a10ffc4604f0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raec6dad5fb1c40b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dc2c844072e4f11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03bc98e41bf74003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raec6dad5fb1c40b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0860bf638a924b31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dc2c844072e4f11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fresenius Finance 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1936208419</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,210</x:t>
-[...4 lines deleted...]
-          <x:t>101,125</x:t>
+          <x:t>101,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,190</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>101,170</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,195</x:t>
-        </x:is>
-[...575 lines deleted...]
-          <x:t>101,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>