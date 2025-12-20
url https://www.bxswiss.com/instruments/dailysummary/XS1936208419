--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R187a10ffc4604f0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42878bec3f6647f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dc2c844072e4f11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25aface5a23e4e55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0860bf638a924b31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dc2c844072e4f11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60dde1a0aa684194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25aface5a23e4e55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fresenius Finance 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1936208419</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...441 lines deleted...]
-          <x:t>101,355</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.11.2025</x:t>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,280</x:t>
+          <x:t>101,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,225</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,190</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.11.2025</x:t>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,245</x:t>
-[...144 lines deleted...]
-          <x:t>101,195</x:t>
+          <x:t>101,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>