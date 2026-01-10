--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42878bec3f6647f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab0501827ecb41d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25aface5a23e4e55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f8eaa8209684ede"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60dde1a0aa684194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25aface5a23e4e55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5d24754174f4ce5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f8eaa8209684ede" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fresenius Finance 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1936208419</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>101,050</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,860</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,890</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>09.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,945</x:t>
-[...16 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,890</x:t>
-[...21 lines deleted...]
-          <x:t>100,835</x:t>
+          <x:t>100,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,845</x:t>
-        </x:is>
-[...170 lines deleted...]
-          <x:t>100,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>