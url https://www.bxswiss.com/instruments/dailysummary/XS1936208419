--- v4 (2026-01-10)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab0501827ecb41d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7a9a23703ff4929" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f8eaa8209684ede"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R566627aa13e84f7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5d24754174f4ce5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f8eaa8209684ede" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e3cadfef7b44373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R566627aa13e84f7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fresenius Finance 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1936208419</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>100,885</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,870</x:t>
-[...58 lines deleted...]
-          <x:t>100,845</x:t>
+          <x:t>100,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>