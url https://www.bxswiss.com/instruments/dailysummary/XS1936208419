--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7a9a23703ff4929" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b82fcd0371641d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R566627aa13e84f7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R219444460503498c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e3cadfef7b44373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R566627aa13e84f7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01591e6192ed4742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R219444460503498c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fresenius Finance 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1936208419</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,925</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...578 lines deleted...]
-          <x:t>101,155</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>