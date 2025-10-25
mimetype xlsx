--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cc600230e14434b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9da2f7b8ca54973" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9743f613163b4feb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ec23e62448c4b81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec7b5c88970b46ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9743f613163b4feb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34fc07dd292b4076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ec23e62448c4b81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Post 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1917358621</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>97,460</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,450</x:t>
-[...70 lines deleted...]
-          <x:t>97,420</x:t>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,415</x:t>
-[...16 lines deleted...]
-          <x:t>97,465</x:t>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,465</x:t>
-[...43 lines deleted...]
-          <x:t>97,625</x:t>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,605</x:t>
-[...463 lines deleted...]
-          <x:t>97,480</x:t>
+          <x:t>97,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>