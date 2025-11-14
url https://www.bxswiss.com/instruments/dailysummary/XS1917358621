--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9da2f7b8ca54973" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6874372096341ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ec23e62448c4b81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf70b96d26906465d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34fc07dd292b4076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ec23e62448c4b81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc264603bb6684579" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf70b96d26906465d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Post 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1917358621</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,660</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -786,36 +408,414 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,835</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>