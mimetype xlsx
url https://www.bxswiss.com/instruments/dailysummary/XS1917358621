--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6874372096341ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb133f073f40645e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf70b96d26906465d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c5b3555aa674069"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc264603bb6684579" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf70b96d26906465d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R696c11e6db1344fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c5b3555aa674069" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Post 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1917358621</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,695</x:t>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,660</x:t>
-[...620 lines deleted...]
-          <x:t>97,795</x:t>
+          <x:t>97,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>