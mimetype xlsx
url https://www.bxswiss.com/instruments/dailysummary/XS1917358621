--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb133f073f40645e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6002bb2d7ea14bee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c5b3555aa674069"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a87ee7c42bc40b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R696c11e6db1344fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c5b3555aa674069" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R251ef29d5af94ead" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a87ee7c42bc40b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Post 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1917358621</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,750</x:t>
-[...625 lines deleted...]
-          <x:t>97,540</x:t>
+          <x:t>97,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>