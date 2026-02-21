--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6002bb2d7ea14bee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab57e007e60446a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a87ee7c42bc40b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb856c85c47d4ab5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R251ef29d5af94ead" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a87ee7c42bc40b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49b9e292d9f04601" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb856c85c47d4ab5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Post 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1917358621</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>97,705</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,645</x:t>
-[...85 lines deleted...]
-          <x:t>97,845</x:t>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>