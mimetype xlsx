--- v5 (2026-02-21)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab57e007e60446a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3068b1b0ae74933" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb856c85c47d4ab5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0c29defa5d64927"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49b9e292d9f04601" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb856c85c47d4ab5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fed0ce2c1434c4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0c29defa5d64927" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Post 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1917358621</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,880</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>