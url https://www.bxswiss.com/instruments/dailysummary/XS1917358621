--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3068b1b0ae74933" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fa61efd8b354659" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0c29defa5d64927"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84f2c746e7914d10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fed0ce2c1434c4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0c29defa5d64927" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84f3092b7ff34b29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84f2c746e7914d10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Post 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1917358621</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>97,975</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,915</x:t>
-[...43 lines deleted...]
-          <x:t>98,105</x:t>
+          <x:t>97,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,050</x:t>
-[...485 lines deleted...]
-          <x:t>98,180</x:t>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>