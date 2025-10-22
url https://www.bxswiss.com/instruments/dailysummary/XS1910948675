--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R658cd36ce7e34fee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45632d95158d4193" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8097bbd02cc4fc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81460aad353549e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b6c47b472e84ba2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8097bbd02cc4fc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac1ac9bf512a45b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81460aad353549e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volkswagen International Finance 38</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1910948675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,220</x:t>
-[...4 lines deleted...]
-          <x:t>98,730</x:t>
+          <x:t>99,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,015</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>04.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,270</x:t>
-[...4 lines deleted...]
-          <x:t>98,700</x:t>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,265</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...283 lines deleted...]
-          <x:t>99,610</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,355</x:t>
-        </x:is>
-[...219 lines deleted...]
-          <x:t>99,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>