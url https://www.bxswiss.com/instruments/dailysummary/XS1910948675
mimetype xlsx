--- v1 (2025-10-22)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45632d95158d4193" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65f39e23fea64eca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81460aad353549e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4992d9e4d4084026"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac1ac9bf512a45b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81460aad353549e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R025f520a621f44f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4992d9e4d4084026" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volkswagen International Finance 38</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1910948675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>98,990</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,055</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>98,545</x:t>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,845</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>99,355</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>