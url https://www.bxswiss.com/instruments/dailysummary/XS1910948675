--- v2 (2025-12-27)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65f39e23fea64eca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55571dfa26c74641" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4992d9e4d4084026"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ebc7f452a324b4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R025f520a621f44f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4992d9e4d4084026" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8a1fada0a2846bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ebc7f452a324b4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volkswagen International Finance 38</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1910948675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>99,160</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,905</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>98,815</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,610</x:t>
-[...382 lines deleted...]
-          <x:t>98,025</x:t>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>