--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55571dfa26c74641" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd70590d73269487d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ebc7f452a324b4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fa134a3632844cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8a1fada0a2846bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ebc7f452a324b4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7489328e1814691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fa134a3632844cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volkswagen International Finance 38</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1910948675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>99,095</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,710</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...622 lines deleted...]
-          <x:t>100,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>