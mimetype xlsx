--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03a17f6ec65d429b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a7268531f7342cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re80eed97bac6462c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61fcb0fd4a944c41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7a7592809664c52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re80eed97bac6462c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R977769529fc4433a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61fcb0fd4a944c41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volkswagen International Finance 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1910948329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,770</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>99,905</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,750</x:t>
-[...102 lines deleted...]
-          <x:t>99,870</x:t>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>100,490</x:t>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,380</x:t>
-[...485 lines deleted...]
-          <x:t>99,780</x:t>
+          <x:t>100,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>