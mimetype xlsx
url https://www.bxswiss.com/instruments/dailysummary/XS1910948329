--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a7268531f7342cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9123c0ae8294e4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61fcb0fd4a944c41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14852b46995f4ea2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R977769529fc4433a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61fcb0fd4a944c41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R544e7c7bcc7449a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14852b46995f4ea2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volkswagen International Finance 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1910948329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>99,960</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,610</x:t>
-[...16 lines deleted...]
-          <x:t>99,730</x:t>
+          <x:t>99,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,550</x:t>
-[...21 lines deleted...]
-          <x:t>99,550</x:t>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,605</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,760</x:t>
-[...269 lines deleted...]
-          <x:t>100,185</x:t>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,810</x:t>
-        </x:is>
-[...192 lines deleted...]
-          <x:t>100,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>