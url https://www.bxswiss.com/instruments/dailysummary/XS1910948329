--- v2 (2026-01-08)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9123c0ae8294e4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7aa21448ca1e4a9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14852b46995f4ea2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1178af44f6994262"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R544e7c7bcc7449a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14852b46995f4ea2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcad005915e85486a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1178af44f6994262" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volkswagen International Finance 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1910948329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>99,810</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>