--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7aa21448ca1e4a9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra010fc808f8d47e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1178af44f6994262"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R413e6e69b8fa42f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcad005915e85486a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1178af44f6994262" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69cce568a47f4f54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R413e6e69b8fa42f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volkswagen International Finance 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1910948329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>99,920</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,685</x:t>
-[...598 lines deleted...]
-          <x:t>100,520</x:t>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>