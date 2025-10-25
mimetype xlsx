--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb325e780f5ad4e44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9323e24db89443f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recc95f9ddd644af7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3aa0220f1a04503"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2492720b8a524861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recc95f9ddd644af7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2d2047f82924eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3aa0220f1a04503" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TELE2 AB 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1907150780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,640</x:t>
-[...43 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,645</x:t>
-[...43 lines deleted...]
-          <x:t>98,795</x:t>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,855</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>98,705</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>