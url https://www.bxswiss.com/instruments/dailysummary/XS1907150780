--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9323e24db89443f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c310e3d7905491c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3aa0220f1a04503"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6f7e148115b402a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2d2047f82924eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3aa0220f1a04503" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a29c0f51d5f4f43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6f7e148115b402a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TELE2 AB 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1907150780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,635</x:t>
-[...549 lines deleted...]
-          <x:t>98,860</x:t>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>