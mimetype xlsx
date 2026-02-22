--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c310e3d7905491c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a92df80f8114b19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6f7e148115b402a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62bee304e368446a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a29c0f51d5f4f43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6f7e148115b402a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2e2f57efae54476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62bee304e368446a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TELE2 AB 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1907150780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...365 lines deleted...]
-          <x:t>98,425</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,540</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>07.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,515</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,515</x:t>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,535</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>98,530</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,500</x:t>
-[...31 lines deleted...]
-          <x:t>98,525</x:t>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>