--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a92df80f8114b19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabd8bffb9e80428a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62bee304e368446a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4446a5deb1de4fd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2e2f57efae54476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62bee304e368446a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree5c624452634f16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4446a5deb1de4fd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TELE2 AB 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1907150780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>98,610</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,540</x:t>
-[...598 lines deleted...]
-          <x:t>98,835</x:t>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>