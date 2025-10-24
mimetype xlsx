--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fb5f5554d814699" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra74c79ead473488b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87dc8ea57d2e4ba2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0803e1ee6b824846"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdecf72606f03489e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87dc8ea57d2e4ba2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff4cf0a31c1242d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0803e1ee6b824846" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EnBW 33</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1901055472</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,158 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>90,365</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,620</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>90,540</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,845</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,005</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>