--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra74c79ead473488b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17c87a60200845cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0803e1ee6b824846"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5590b41f9854c8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff4cf0a31c1242d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0803e1ee6b824846" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6b54c4aa92d49cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5590b41f9854c8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EnBW 33</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1901055472</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>91,180</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,425</x:t>
-        </x:is>
-[...322 lines deleted...]
-          <x:t>92,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>