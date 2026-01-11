--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17c87a60200845cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcd7c1d06d1b41dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5590b41f9854c8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbff875e9c0a744a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6b54c4aa92d49cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5590b41f9854c8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb7a2aea11ae42d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbff875e9c0a744a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EnBW 33</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1901055472</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>91,425</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>