--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcd7c1d06d1b41dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcf9373a2a4c4155" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbff875e9c0a744a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c22cc6482cc4b2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb7a2aea11ae42d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbff875e9c0a744a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67f01a8c47954d2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c22cc6482cc4b2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EnBW 33</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1901055472</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...139 lines deleted...]
-          <x:t>90,440</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,940</x:t>
-[...227 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,625</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>90,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>90,385</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>90,465</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,420</x:t>
-[...4 lines deleted...]
-          <x:t>90,470</x:t>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>