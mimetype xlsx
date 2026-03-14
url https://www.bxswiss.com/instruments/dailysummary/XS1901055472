--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcf9373a2a4c4155" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd06b48654b6e4e6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c22cc6482cc4b2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce1a06e5798542af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67f01a8c47954d2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c22cc6482cc4b2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R229af52493084baf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce1a06e5798542af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EnBW 33</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1901055472</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>90,535</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,370</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...541 lines deleted...]
-          <x:t>91,140</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>